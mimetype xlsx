--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -644,245 +644,245 @@
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP pâtissier (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Pâtissier - Formation 100% à distance</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CAP pâtissier (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional Municipal de Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Porfessionnel Ferdinant Revoul - Lycée des Métiers des Arts Culinaires et des Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
-    <x:t>04000</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Maor Hateva</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2023 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional Municipal de Salon de Provence</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2026 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Boulangerie Noé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée des Métiers Alexandre Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Gap</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
@@ -1091,135 +1091,135 @@
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/24/2026 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
@@ -6428,910 +6428,910 @@
       <x:c r="K80" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>493048</x:v>
+        <x:v>551752</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>540860</x:v>
+        <x:v>583911</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>525643</x:v>
+        <x:v>493048</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>551752</x:v>
+        <x:v>540860</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
+      <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>583911</x:v>
+        <x:v>586900</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586900</x:v>
+        <x:v>507636</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>507636</x:v>
+        <x:v>493631</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>588543</x:v>
+        <x:v>540863</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>595959</x:v>
+        <x:v>540943</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>434607</x:v>
+        <x:v>541203</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>493631</x:v>
+        <x:v>595959</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>540863</x:v>
+        <x:v>434607</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>540943</x:v>
+        <x:v>588543</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>541203</x:v>
+        <x:v>595958</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>595958</x:v>
+        <x:v>613857</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>613857</x:v>
+        <x:v>525643</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7403,166 +7403,164 @@
       <x:c r="M97" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>539408</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>607234</x:v>
+        <x:v>565697</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="H99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>607237</x:v>
+        <x:v>604300</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>53</x:v>
@@ -7570,60 +7568,60 @@
       <x:c r="H100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>552740</x:v>
+        <x:v>553700</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -7639,1662 +7637,1666 @@
       <x:c r="K101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>547735</x:v>
+        <x:v>494857</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>547854</x:v>
+        <x:v>494886</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>556707</x:v>
+        <x:v>552817</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>565697</x:v>
+        <x:v>446870</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>501587</x:v>
+        <x:v>604107</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>600341</x:v>
+        <x:v>603500</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>588217</x:v>
+        <x:v>599319</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>547395</x:v>
+        <x:v>501833</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>455017</x:v>
+        <x:v>553342</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>553280</x:v>
+        <x:v>546545</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>548610</x:v>
+        <x:v>548826</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>553342</x:v>
+        <x:v>607234</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>553700</x:v>
+        <x:v>607237</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>494857</x:v>
+        <x:v>552740</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>494886</x:v>
+        <x:v>548610</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>552817</x:v>
+        <x:v>547735</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>231</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>446870</x:v>
+        <x:v>547854</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>496262</x:v>
+        <x:v>556707</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>604380</x:v>
+        <x:v>501587</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>604381</x:v>
+        <x:v>600341</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>515612</x:v>
+        <x:v>588217</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>604300</x:v>
+        <x:v>547395</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>546545</x:v>
+        <x:v>455017</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>548826</x:v>
+        <x:v>553280</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>604107</x:v>
+        <x:v>496262</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>237</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>603500</x:v>
+        <x:v>604380</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>599319</x:v>
+        <x:v>604381</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>501833</x:v>
+        <x:v>515612</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -9450,621 +9452,627 @@
         <x:v>553305</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="I132" s="16" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...2 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="Q132" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>603915</x:v>
+        <x:v>603504</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>496801</x:v>
+        <x:v>604247</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>496969</x:v>
+        <x:v>547730</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>515757</x:v>
+        <x:v>497843</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>237</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>603504</x:v>
+        <x:v>498499</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>604247</x:v>
+        <x:v>506435</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>547730</x:v>
+        <x:v>604855</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>497843</x:v>
+        <x:v>552741</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q140" s="16" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="R140" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="S140" s="14" t="n">
+        <x:v>600565</x:v>
+      </x:c>
+      <x:c r="T140" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U140" s="16" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>506435</x:v>
+        <x:v>504549</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>53</x:v>
@@ -10072,2371 +10080,2368 @@
       <x:c r="H142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>604855</x:v>
+        <x:v>552888</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>552741</x:v>
+        <x:v>547260</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>600565</x:v>
+        <x:v>547394</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>504549</x:v>
+        <x:v>455018</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>552888</x:v>
+        <x:v>609384</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>547260</x:v>
+        <x:v>455016</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>547394</x:v>
+        <x:v>603914</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>455018</x:v>
+        <x:v>559097</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>455016</x:v>
+        <x:v>553343</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>603914</x:v>
+        <x:v>553701</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>213</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>559097</x:v>
+        <x:v>552283</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>609384</x:v>
+        <x:v>607570</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>553343</x:v>
+        <x:v>502212</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>553701</x:v>
+        <x:v>607616</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>607616</x:v>
+        <x:v>588216</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>588216</x:v>
+        <x:v>498599</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>498599</x:v>
+        <x:v>603915</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>552283</x:v>
+        <x:v>604345</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>607570</x:v>
+        <x:v>496801</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>502212</x:v>
+        <x:v>496969</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>502333</x:v>
+        <x:v>515757</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>502441</x:v>
+        <x:v>502333</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>570585</x:v>
+        <x:v>502441</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>515758</x:v>
+        <x:v>570585</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>509494</x:v>
+        <x:v>515758</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>548825</x:v>
+        <x:v>509494</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>607979</x:v>
+        <x:v>548825</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>555794</x:v>
+        <x:v>607979</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>567830</x:v>
+        <x:v>555794</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>608445</x:v>
+        <x:v>567830</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>604823</x:v>
+        <x:v>608445</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>548605</x:v>
+        <x:v>604823</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>556795</x:v>
+        <x:v>548605</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>607569</x:v>
+        <x:v>556795</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>604302</x:v>
+        <x:v>607569</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>501972</x:v>
+        <x:v>604302</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>605610</x:v>
+        <x:v>501972</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>604345</x:v>
+        <x:v>605610</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>498215</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -12453,51 +12458,51 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -12537,54 +12542,54 @@
       <x:c r="H183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>552816</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
@@ -12598,57 +12603,57 @@
       <x:c r="H184" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>501730</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12752,154 +12757,154 @@
       <x:c r="S186" s="14" t="n">
         <x:v>500451</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>548824</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>548827</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -13050,51 +13055,51 @@
         <x:v>600342</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>168</x:v>
@@ -13108,175 +13113,175 @@
       <x:c r="S192" s="14" t="n">
         <x:v>570006</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>498591</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>498595</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -13327,102 +13332,102 @@
       <x:c r="L196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>546546</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>600567</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13433,269 +13438,269 @@
       <x:c r="H198" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>552887</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>553059</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>455019</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>553279</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -13711,51 +13716,51 @@
       <x:c r="T202" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -13796,54 +13801,54 @@
       <x:c r="H204" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>604760</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
@@ -13856,54 +13861,54 @@
       <x:c r="H205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>604761</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
@@ -13917,57 +13922,57 @@
       <x:c r="H206" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>604822</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14038,57 +14043,57 @@
       <x:c r="H208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>502069</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14159,145 +14164,145 @@
       <x:c r="H210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>604246</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>547855</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -14310,75 +14315,75 @@
       <x:c r="S212" s="14" t="n">
         <x:v>609498</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592263</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
@@ -14698,169 +14703,170 @@
         <x:v>592260</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>604109</x:v>
+        <x:v>601100</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>601100</x:v>
+        <x:v>604109</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>168</x:v>
@@ -14877,51 +14883,51 @@
       <x:c r="T222" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -14935,84 +14941,84 @@
         <x:v>604304</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>607222</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -15253,355 +15259,356 @@
       <x:c r="H229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>553283</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>547263</x:v>
+        <x:v>553348</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>546542</x:v>
+        <x:v>547263</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>553348</x:v>
+        <x:v>546542</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q233" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="R233" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>605611</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>600569</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -15853,54 +15860,54 @@
       <x:c r="H239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>604767</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
@@ -16035,57 +16042,57 @@
       <x:c r="H242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>604252</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16216,57 +16223,57 @@
       <x:c r="H245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>604826</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16277,54 +16284,54 @@
       <x:c r="H246" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>552820</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
@@ -16337,118 +16344,118 @@
       <x:c r="H247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>552892</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>553064</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16549,84 +16556,84 @@
       <x:c r="S250" s="14" t="n">
         <x:v>553306</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>607224</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16670,84 +16677,84 @@
       <x:c r="S252" s="14" t="n">
         <x:v>607574</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>548607</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -18409,51 +18416,51 @@
       <x:c r="K285" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>609856</x:v>
+        <x:v>609955</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>304</x:v>
@@ -18462,508 +18469,508 @@
       <x:c r="K286" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>609857</x:v>
+        <x:v>609956</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>609862</x:v>
+        <x:v>610291</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>609945</x:v>
+        <x:v>610297</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>609957</x:v>
+        <x:v>610290</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>610290</x:v>
+        <x:v>610295</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>610295</x:v>
+        <x:v>609945</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>609955</x:v>
+        <x:v>609957</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>609956</x:v>
+        <x:v>609856</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>610291</x:v>
+        <x:v>609857</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>610297</x:v>
+        <x:v>609862</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>304</x:v>
@@ -19123,51 +19130,51 @@
       <x:c r="K299" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>609858</x:v>
+        <x:v>610282</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>304</x:v>
@@ -19176,100 +19183,100 @@
       <x:c r="K300" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>610282</x:v>
+        <x:v>610288</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>610288</x:v>
+        <x:v>610293</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>304</x:v>
@@ -19278,51 +19285,51 @@
       <x:c r="K302" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>610293</x:v>
+        <x:v>609858</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>103</x:v>