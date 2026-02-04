--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1652,57 +1652,57 @@
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>580038</x:v>
+        <x:v>580973</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -1711,57 +1711,57 @@
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>580973</x:v>
+        <x:v>580038</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4053,131 +4053,131 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>571895</x:v>
+        <x:v>613862</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>613862</x:v>
+        <x:v>571895</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>