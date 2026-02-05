--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -491,114 +491,114 @@
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NEFFES</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
@@ -3681,792 +3681,787 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>579500</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="S41" s="0" t="n">
+        <x:v>579499</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
+      <x:c r="U41" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
-      <x:c r="F42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F42" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="G42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>602684</x:v>
+        <x:v>579502</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550589</x:v>
+        <x:v>599834</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
-      <x:c r="F44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F44" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>578748</x:v>
+        <x:v>583944</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>611525</x:v>
+        <x:v>586432</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
-      <x:c r="F46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F46" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="G46" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>584755</x:v>
+        <x:v>612346</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>584759</x:v>
+        <x:v>583988</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>586432</x:v>
+        <x:v>602684</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>612346</x:v>
+        <x:v>550589</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
+      <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>579499</x:v>
+        <x:v>578748</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>579502</x:v>
+        <x:v>611525</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>599834</x:v>
+        <x:v>584755</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>583944</x:v>
+        <x:v>584759</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5766,51 +5761,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>586433</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6114,51 +6109,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>586430</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -6171,51 +6166,51 @@
       <x:c r="J84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>586431</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -7738,255 +7733,255 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>581123</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="C112" s="15" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C112" s="15" t="n">
+        <x:v>37598</x:v>
+      </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J112" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J112" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>616747</x:v>
+        <x:v>547624</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37598</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>547624</x:v>
+        <x:v>602923</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>238</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>602923</x:v>
+        <x:v>616747</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>616749</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>