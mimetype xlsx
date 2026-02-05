--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -524,129 +524,129 @@
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luberon Ecole de Conduite</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEYROLLES-EN-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Permis de conduire catégorie CE + Epreuve Théorique Générale du code (ETG)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises + Epreuve théorique générale du code (ETG)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie CE + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FCO marchandises)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Boyer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>04700</x:t>
   </x:si>
   <x:si>
     <x:t>ORAISON</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
@@ -4815,1710 +4815,1709 @@
       <x:c r="R59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>580113</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>615048</x:v>
+        <x:v>612756</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>602722</x:v>
+        <x:v>612850</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601507</x:v>
+        <x:v>559933</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>601536</x:v>
+        <x:v>608546</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>600481</x:v>
+        <x:v>557353</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>600576</x:v>
+        <x:v>601202</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>588394</x:v>
+        <x:v>601206</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>615210</x:v>
+        <x:v>601212</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>615294</x:v>
+        <x:v>611514</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>601215</x:v>
+        <x:v>584717</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>585773</x:v>
+        <x:v>584729</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>584719</x:v>
+        <x:v>584743</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>584721</x:v>
+        <x:v>584749</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>584722</x:v>
+        <x:v>448967</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C74" s="15" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s"/>
-      <x:c r="F74" s="14" t="s"/>
+      <x:c r="E74" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F74" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="G74" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>584746</x:v>
+        <x:v>580452</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>448967</x:v>
+        <x:v>615048</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
+      <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>580452</x:v>
+        <x:v>602722</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>612756</x:v>
+        <x:v>601507</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>612850</x:v>
+        <x:v>601536</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>559933</x:v>
+        <x:v>600481</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>608546</x:v>
+        <x:v>600576</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S81" s="0" t="n">
+        <x:v>588394</x:v>
+      </x:c>
+      <x:c r="T81" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>601202</x:v>
+        <x:v>615210</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>601206</x:v>
+        <x:v>615294</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>601212</x:v>
+        <x:v>601215</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>611514</x:v>
+        <x:v>585773</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>584717</x:v>
+        <x:v>584719</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>584729</x:v>
+        <x:v>584721</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>584743</x:v>
+        <x:v>584722</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>584749</x:v>
+        <x:v>584746</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
@@ -6638,54 +6637,54 @@
       <x:c r="L92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>584720</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
@@ -6865,51 +6864,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>584745</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>49</x:v>
@@ -7477,62 +7476,62 @@
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>538735</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
@@ -7756,51 +7755,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>538731</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -8200,51 +8199,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>601535</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
@@ -8494,90 +8493,90 @@
       <x:c r="R125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>585774</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>559904</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
@@ -9965,380 +9964,380 @@
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592490</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>233</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592484</x:v>
+        <x:v>602948</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>592485</x:v>
+        <x:v>499812</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>602948</x:v>
+        <x:v>548942</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>499812</x:v>
+        <x:v>592484</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>201</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>548942</x:v>
+        <x:v>592485</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>602949</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -11222,51 +11221,51 @@
       <x:c r="J173" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>550598</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>