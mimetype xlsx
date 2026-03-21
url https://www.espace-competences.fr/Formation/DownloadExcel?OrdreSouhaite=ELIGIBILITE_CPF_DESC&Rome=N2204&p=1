--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -137,90 +137,90 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention logistique et transports internationaux parcours transport maritime international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transport international marchandise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention logistique et transports internationaux parcours management et droit du transport maritime</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Licence pro mention logistique et transports internationaux parcours transport maritime international</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention logistique et transports internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
@@ -819,123 +819,123 @@
       <x:c r="H2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S2" s="14" t="n">
+        <x:v>580895</x:v>
+      </x:c>
+      <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="S2" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T2" s="16" t="s">
+      <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S3" s="0" t="n">
+        <x:v>576295</x:v>
+      </x:c>
+      <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="S3" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T3" s="4" t="s">
+      <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>