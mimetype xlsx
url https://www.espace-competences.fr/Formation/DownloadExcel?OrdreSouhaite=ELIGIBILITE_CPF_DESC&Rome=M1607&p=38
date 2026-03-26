--- v1 (2026-03-26)
+++ v2 (2026-03-26)
@@ -1637,270 +1637,270 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SOLLIES-PONT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Montgrand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Word - perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT BONNET EN CHAMPSAUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA COLLE-SUR-LOUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Claret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Mistral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Magnan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excel Initiation : les fondamentaux pour débutants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rk2c Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Genevoix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée I Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Bollène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Coudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Audiberti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Word - les bases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GAUDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
-  </x:si>
-[...196 lines deleted...]
-    <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Mysa Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13124</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>PEYPIN</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
@@ -15372,4274 +15372,4274 @@
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>311</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>356</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>603606</x:v>
+        <x:v>614914</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>345</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>433</x:v>
-[...2 lines deleted...]
-        <x:v>434</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>608524</x:v>
+        <x:v>621773</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>311</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>608525</x:v>
+        <x:v>513053</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>506902</x:v>
+        <x:v>513265</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>439</x:v>
-[...1 lines deleted...]
-      <x:c r="H222" s="14" t="s"/>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>614914</x:v>
+        <x:v>527770</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>621773</x:v>
+        <x:v>576588</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>513053</x:v>
+        <x:v>612615</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>513265</x:v>
+        <x:v>612641</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>270</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>527770</x:v>
+        <x:v>612646</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>576588</x:v>
+        <x:v>584330</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>612615</x:v>
+        <x:v>584331</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>612641</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>612646</x:v>
+        <x:v>584588</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>584330</x:v>
+        <x:v>584597</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="J232" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>584331</x:v>
+        <x:v>543681</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>584585</x:v>
+        <x:v>615458</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>584588</x:v>
+        <x:v>615463</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>584597</x:v>
+        <x:v>615466</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>543681</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>615458</x:v>
+        <x:v>615488</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>615463</x:v>
+        <x:v>615489</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>615466</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>615468</x:v>
+        <x:v>615494</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>615488</x:v>
+        <x:v>615495</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>615489</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>615492</x:v>
+        <x:v>615506</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>615494</x:v>
+        <x:v>615507</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>615495</x:v>
+        <x:v>615509</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="C246" s="15" t="s"/>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>262</x:v>
-[...1 lines deleted...]
-      <x:c r="J246" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J246" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>615497</x:v>
+        <x:v>524797</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>615506</x:v>
+        <x:v>594440</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>262</x:v>
-[...1 lines deleted...]
-      <x:c r="J248" s="14" t="s"/>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="J248" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>615507</x:v>
+        <x:v>594445</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>615509</x:v>
+        <x:v>594446</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>524797</x:v>
+        <x:v>594452</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>594440</x:v>
+        <x:v>594453</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>594445</x:v>
+        <x:v>594467</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>594446</x:v>
+        <x:v>594474</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>594452</x:v>
+        <x:v>594479</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>550</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>594453</x:v>
+        <x:v>534103</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>552</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>553</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>594467</x:v>
+        <x:v>534104</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>594474</x:v>
+        <x:v>594496</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>555</x:v>
-[...1 lines deleted...]
-      <x:c r="H258" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>556</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>594479</x:v>
+        <x:v>534255</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>534103</x:v>
+        <x:v>612521</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>534104</x:v>
+        <x:v>612535</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>559</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>594496</x:v>
+        <x:v>612545</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>534255</x:v>
+        <x:v>612549</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>612521</x:v>
+        <x:v>612567</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>612535</x:v>
+        <x:v>575131</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>612545</x:v>
+        <x:v>575134</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>612549</x:v>
+        <x:v>616658</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>612567</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>575131</x:v>
+        <x:v>614290</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="C269" s="3" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>575134</x:v>
+        <x:v>595262</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>371</x:v>
-[...1 lines deleted...]
-      <x:c r="C270" s="15" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>262</x:v>
-[...1 lines deleted...]
-      <x:c r="J270" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>616658</x:v>
+        <x:v>595273</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>371</x:v>
-[...1 lines deleted...]
-      <x:c r="C271" s="3" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>616664</x:v>
+        <x:v>595279</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>490</x:v>
-[...1 lines deleted...]
-      <x:c r="C272" s="15" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="J272" s="14" t="s"/>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>614290</x:v>
+        <x:v>595284</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>595262</x:v>
+        <x:v>595289</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>595273</x:v>
+        <x:v>595292</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>595279</x:v>
+        <x:v>595306</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>386</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>234</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>595284</x:v>
+        <x:v>607465</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>386</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>595289</x:v>
+        <x:v>586155</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>386</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>573</x:v>
-[...1 lines deleted...]
-      <x:c r="H278" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>595292</x:v>
+        <x:v>533116</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>595306</x:v>
+        <x:v>572874</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>440</x:v>
-[...1 lines deleted...]
-      <x:c r="J280" s="14" t="s"/>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>607465</x:v>
+        <x:v>594461</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>586155</x:v>
+        <x:v>594466</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>533116</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>482</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>572874</x:v>
+        <x:v>594469</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>594461</x:v>
+        <x:v>594476</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>594466</x:v>
+        <x:v>594481</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="J286" s="14" t="s"/>
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="J286" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>71632</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>534020</x:v>
+        <x:v>594488</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>582</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>594469</x:v>
+        <x:v>534254</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>584</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>594476</x:v>
+        <x:v>612519</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>586</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>594481</x:v>
+        <x:v>612546</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>231</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>589</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>594488</x:v>
+        <x:v>612563</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>534254</x:v>
+        <x:v>612576</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>612519</x:v>
+        <x:v>612577</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>612546</x:v>
+        <x:v>612580</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C294" s="15" t="s"/>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C294" s="15" t="n">
+        <x:v>40249</x:v>
+      </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s"/>
+      <x:c r="E294" s="14" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="J294" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J294" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>612563</x:v>
+        <x:v>603606</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C295" s="3" t="s"/>
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C295" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D295" s="3" t="s"/>
+      <x:c r="E295" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J295" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>612576</x:v>
+        <x:v>608524</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C296" s="15" t="s"/>
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s"/>
+      <x:c r="E296" s="14" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>434</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="J296" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J296" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>612577</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C297" s="3" t="s"/>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C297" s="3" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D297" s="3" t="s"/>
+      <x:c r="E297" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="J297" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="S297" s="0" t="n">
+        <x:v>506902</x:v>
+      </x:c>
+      <x:c r="T297" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="S297" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
@@ -19900,51 +19900,51 @@
       <x:c r="I303" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>615478</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -20104,51 +20104,51 @@
       <x:c r="I307" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>615531</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
@@ -21783,57 +21783,57 @@
       <x:c r="G337" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -21999,51 +21999,51 @@
       <x:c r="I341" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>621783</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -22640,51 +22640,51 @@
       <x:c r="I353" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>616661</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -23678,51 +23678,51 @@
       <x:c r="I372" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>599923</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
@@ -24093,78 +24093,78 @@
       <x:c r="T379" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>592208</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>258</x:v>
@@ -24534,51 +24534,51 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>615465</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>262</x:v>
@@ -24738,51 +24738,51 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>615496</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>262</x:v>
@@ -25016,51 +25016,51 @@
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>524887</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -25370,51 +25370,51 @@
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>594455</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>694</x:v>
@@ -25422,51 +25422,51 @@
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>594460</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -25995,51 +25995,51 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>612581</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>258</x:v>
@@ -26872,51 +26872,51 @@
       <x:c r="H431" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
@@ -27082,51 +27082,51 @@
       <x:c r="I435" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>616596</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -27261,78 +27261,78 @@
       <x:c r="R438" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>616663</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>595264</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
@@ -27994,76 +27994,76 @@
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>547980</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>606336</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
@@ -28966,51 +28966,51 @@
       <x:c r="I469" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>600000</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
@@ -29830,78 +29830,78 @@
       <x:c r="S484" s="14" t="n">
         <x:v>507267</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>595285</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
@@ -30023,51 +30023,51 @@
       <x:c r="H488" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>555933</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
@@ -30194,51 +30194,51 @@
       <x:c r="H491" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>555975</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
@@ -31683,51 +31683,51 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>616650</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>262</x:v>
@@ -32777,82 +32777,82 @@
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>595299</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>595304</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
@@ -33181,51 +33181,51 @@
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>576618</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
@@ -33432,51 +33432,51 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>612606</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>258</x:v>
@@ -33840,51 +33840,51 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>615475</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>262</x:v>
@@ -33991,51 +33991,51 @@
       <x:c r="I563" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>615534</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -34319,51 +34319,51 @@
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>533536</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I570" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
@@ -36527,57 +36527,57 @@
         <x:v>314</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>579346</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -36848,78 +36848,78 @@
       <x:c r="T615" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>620515</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -37887,78 +37887,78 @@
         <x:v>874</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>594456</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>594468</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
@@ -38041,51 +38041,51 @@
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>594495</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I638" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
@@ -38443,51 +38443,51 @@
       <x:c r="H645" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>502661</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
@@ -38524,72 +38524,72 @@
         <x:v>220</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>575135</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>614289</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>