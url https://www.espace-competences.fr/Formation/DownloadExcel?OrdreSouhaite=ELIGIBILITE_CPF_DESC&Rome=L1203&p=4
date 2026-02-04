--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -485,156 +485,156 @@
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acteur devant la caméra</x:t>
   </x:si>
   <x:si>
     <x:t>Yatta Movies</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'acteur, l'actrice sous la direction de 5 réalisateurs, réalisatrices</x:t>
   </x:si>
   <x:si>
+    <x:t>Chant en doublage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RH France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enseigner la pédagogie Jacques Lecoq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MURS ERIGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réussir sa carrière d'acteur : développer son réseau et se démarquer en casting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adastra Films</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion carrière personnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'acteur co-dirigé par les réalisateurs Amélie Bonnin et Dimitri Lucas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Théâtre et musique en Image : la jalousie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUST arts, lettres, langues spécialité formation de base aux métiers du théâtre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>diplôme d'études théâtrales</x:t>
-  </x:si>
-[...97 lines deleted...]
-    <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>La voix à l'image : méthodes et techniques de doublage</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>L'art du sensible</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
@@ -2650,605 +2650,605 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>606346</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>614617</x:v>
+        <x:v>605120</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592273</x:v>
+        <x:v>615358</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605120</x:v>
+        <x:v>594037</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>45022</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>615358</x:v>
+        <x:v>613987</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>15091</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>594037</x:v>
+        <x:v>584674</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>40470</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>613987</x:v>
+        <x:v>592521</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>15091</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>584674</x:v>
+        <x:v>614712</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592521</x:v>
+        <x:v>615656</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>165</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>2911</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>614712</x:v>
+        <x:v>596501</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>615656</x:v>
+        <x:v>614617</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>596501</x:v>
+        <x:v>592273</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>87</x:v>
@@ -3777,91 +3777,91 @@
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>614191</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>592272</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
@@ -3875,51 +3875,51 @@
         <x:v>204</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>521758</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>59</x:v>
@@ -4451,51 +4451,51 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>595742</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>