--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -311,54 +311,54 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention humanités parcours lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
+    <x:t>DAEU diplôme d'accès aux études universitaires option B - Pro</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARLES</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>DAEU diplôme d'accès aux études universitaires option B - Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
@@ -1812,218 +1812,218 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>579255</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>616124</x:v>
+        <x:v>581540</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>39697</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>575779</x:v>
+        <x:v>616124</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40181</x:v>
+        <x:v>39697</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>581540</x:v>
+        <x:v>575779</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2103,275 +2103,275 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>581541</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>579242</x:v>
+        <x:v>573251</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>579250</x:v>
+        <x:v>573262</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>573251</x:v>
+        <x:v>579242</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>573262</x:v>
+        <x:v>579250</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>