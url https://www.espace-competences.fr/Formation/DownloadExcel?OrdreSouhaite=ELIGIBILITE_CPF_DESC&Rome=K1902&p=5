--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -665,111 +665,111 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Droit société</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des industries culturelles et créatives</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit fiscal parcours fiscalité européenne et internationale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit public fondamental</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit notarial parcours droit public notarial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecotec - Ecole Internationale Tunon - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours études parlementaires et droit des assemblées</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS collaborateur juriste notarial</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit social</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit et du chiffre</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit de l'assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du notariat</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
@@ -6345,966 +6345,966 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>576334</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>39823</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581233</x:v>
+        <x:v>576289</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>581245</x:v>
+        <x:v>576292</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>581253</x:v>
+        <x:v>576305</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>580924</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37345</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>35047</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>529931</x:v>
+        <x:v>576310</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>36685</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>588311</x:v>
+        <x:v>576322</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38186</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>587478</x:v>
+        <x:v>573908</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40988</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>13234</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>609284</x:v>
+        <x:v>581233</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40292</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>580615</x:v>
+        <x:v>581245</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>39823</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>576289</x:v>
+        <x:v>581253</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38186</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576292</x:v>
+        <x:v>580924</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>576305</x:v>
+        <x:v>529931</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>36685</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>576308</x:v>
+        <x:v>588311</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>576310</x:v>
+        <x:v>587478</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38973</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>576322</x:v>
+        <x:v>609284</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>40292</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>573908</x:v>
+        <x:v>580615</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7942,138 +7942,138 @@
         <x:v>521677</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>536137</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>614676</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
@@ -8303,78 +8303,78 @@
         <x:v>556086</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>549207</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
@@ -8924,51 +8924,51 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>597460</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>13275</x:v>
@@ -10177,51 +10177,51 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591991</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>13275</x:v>
@@ -10231,51 +10231,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>596459</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
@@ -11019,51 +11019,51 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>597457</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
@@ -11460,91 +11460,91 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>596462</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -12100,78 +12100,78 @@
       <x:c r="S180" s="14" t="n">
         <x:v>592208</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>597120</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -12651,51 +12651,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>597498</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>13275</x:v>
@@ -13589,71 +13589,71 @@
       <x:c r="I207" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>536147</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
@@ -13666,51 +13666,51 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>596457</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>13275</x:v>
@@ -13761,54 +13761,54 @@
       <x:c r="I210" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>547690</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>142</x:v>
       </x:c>