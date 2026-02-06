--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -401,117 +401,117 @@
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>[GDL071A] Le tarif et les fondamentaux de la taxe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation Notariale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INAFON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention justice, procès et procédures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et des opérations patrimoniales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">diplôme d'études supérieures de notariat </x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit notarial</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>master mention administration et liquidation d'entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
@@ -2639,374 +2639,374 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>597425</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="s">
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
+      <x:c r="G29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="E29" s="0" t="s">
+      <x:c r="H29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="G29" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>13275</x:v>
+      </x:c>
+      <x:c r="O29" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="L29" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="Q29" s="4" t="s">
+      <x:c r="R29" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>615399</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="R29" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="T29" s="4" t="s">
+      <x:c r="U29" s="4" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C30" s="15" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="n">
+        <x:v>38198</x:v>
+      </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>119</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="J30" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>615399</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597245</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38198</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597247</x:v>
+        <x:v>597422</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38186</x:v>
+        <x:v>38170</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>13261</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>542131</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="R33" s="0" t="s">
+      <x:c r="U33" s="4" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>597423</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -3255,91 +3255,91 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>591991</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -3486,82 +3486,82 @@
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>597266</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>591990</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -3766,51 +3766,51 @@
         <x:v>145</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>590135</x:v>
       </x:c>