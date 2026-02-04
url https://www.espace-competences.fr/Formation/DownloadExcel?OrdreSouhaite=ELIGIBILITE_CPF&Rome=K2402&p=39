--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1853,50 +1853,56 @@
   <x:si>
     <x:t>Eleva Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention santé publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Théorie graphes</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Monitoring d'un dossier source simple</x:t>
   </x:si>
   <x:si>
     <x:t>Agent contractuel de la fonction publique , Agent de la fonction publique , Demandeur d'emploi , Handicapé , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Monitoring d'un dossier source complexe</x:t>
   </x:si>
   <x:si>
     <x:t>Agent contractuel de la fonction publique , Agent de la fonction publique d'Etat , Handicapé , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph de la Madeleine</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 04</x:t>
@@ -1974,56 +1980,50 @@
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
@@ -18383,1326 +18383,1325 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>595492</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C302" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C302" s="15" t="n">
+        <x:v>38563</x:v>
+      </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="J302" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J302" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>592581</x:v>
+        <x:v>595492</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>43001</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>585839</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43001</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>585841</x:v>
+        <x:v>585839</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>43001</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>593752</x:v>
+        <x:v>585841</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>593754</x:v>
+        <x:v>593752</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="I309" s="4" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="Q309" s="4" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="R309" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="Q309" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>593766</x:v>
+        <x:v>593754</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>593771</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="I311" s="4" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>609</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="Q311" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="Q311" s="4" t="s">
+      <x:c r="R311" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="R311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>593780</x:v>
+        <x:v>593771</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="Q312" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="Q312" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>593792</x:v>
+        <x:v>593780</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>593795</x:v>
+        <x:v>593792</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>593798</x:v>
+        <x:v>593795</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>593801</x:v>
+        <x:v>593798</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="Q316" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="Q316" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>615861</x:v>
+        <x:v>593801</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="K317" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L317" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M317" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N317" s="3" t="n">
+        <x:v>12046</x:v>
+      </x:c>
+      <x:c r="O317" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P317" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="K317" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>593816</x:v>
+        <x:v>615861</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>593817</x:v>
+        <x:v>593816</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>593819</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>593837</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="I321" s="4" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>627</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="Q321" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="Q321" s="4" t="s">
+      <x:c r="R321" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="R321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>593840</x:v>
+        <x:v>593837</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>593842</x:v>
+        <x:v>593840</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>593845</x:v>
+        <x:v>593842</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>593848</x:v>
+        <x:v>593845</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>635</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="P325" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q325" s="4" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="R325" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="P325" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>592092</x:v>
+        <x:v>593848</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>252</x:v>
@@ -22624,51 +22623,51 @@
       <x:c r="G382" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>576232</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
@@ -22681,51 +22680,51 @@
       <x:c r="G383" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>576235</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
@@ -23029,51 +23028,51 @@
       <x:c r="G389" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>576234</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
@@ -23609,51 +23608,51 @@
       <x:c r="G399" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>576237</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
@@ -23900,51 +23899,51 @@
       <x:c r="G404" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>576236</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
@@ -25117,51 +25116,51 @@
       <x:c r="G425" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>576233</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">