--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -527,105 +527,105 @@
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Former avec aise et efficacité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valérie Guillemot Conseil Carrière et Compétences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation de formateur art - Accompagner l'expression et la créativité dans un atelier de peinture libre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actions Globales d'Enseignement de Soutien Culturel et Artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">AGESCA </x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>préparation à l'agrégation de biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
-  </x:si>
-[...49 lines deleted...]
-    <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animer une classe virtuelle engageante</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
   </x:si>
@@ -3933,353 +3933,355 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>595483</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="n">
+        <x:v>40548</x:v>
+      </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>593249</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>592572</x:v>
+        <x:v>588356</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>588356</x:v>
+        <x:v>538096</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>538096</x:v>
+        <x:v>602896</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602896</x:v>
+        <x:v>551948</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>45085</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>551948</x:v>
+        <x:v>593249</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4923,51 +4925,51 @@
       <x:c r="G71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">