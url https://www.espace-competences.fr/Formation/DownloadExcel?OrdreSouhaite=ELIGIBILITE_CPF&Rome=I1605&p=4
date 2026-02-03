--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -407,237 +407,237 @@
   <x:si>
     <x:t>BAC PRO Maintenance nautique</x:t>
   </x:si>
   <x:si>
     <x:t>LPTR de L'Estaque</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur - Inb - Institut du Nautisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLEFRANCHE SUR MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel mécanicien réparateur en marine de plaisance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro électromécanicien marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Régional Poinso Chapuis</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 8e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien nautique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP maintenance nautique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brevet d'officier chef de quart machine</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure Maritime - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>ENSM</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique pêche</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
-[...17 lines deleted...]
-    <x:t>06/23/2027 00:00:00</x:t>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de mécanicien 750 kW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSEIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Brevet de mécanicien 750 Kw module sensibilisation maintenance hydrogène</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
-    <x:t>04/10/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de chef mécanicien</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -2448,331 +2448,332 @@
         <x:v>601994</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>556762</x:v>
+        <x:v>609313</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>571544</x:v>
+        <x:v>583866</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>40093</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>609313</x:v>
+        <x:v>594249</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35179</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>583866</x:v>
+        <x:v>556762</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40093</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="I28" s="16" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="K28" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L28" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M28" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N28" s="15" t="n">
+        <x:v>23602</x:v>
+      </x:c>
+      <x:c r="O28" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>571544</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U28" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...38 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>5860</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -2896,1260 +2897,1262 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>597100</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>502126</x:v>
+        <x:v>597107</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549580</x:v>
+        <x:v>589736</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>553192</x:v>
+        <x:v>551785</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>553216</x:v>
+        <x:v>571617</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>549074</x:v>
+        <x:v>502126</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>35179</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>579825</x:v>
+        <x:v>549580</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>597107</x:v>
+        <x:v>553192</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35179</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>589736</x:v>
+        <x:v>553216</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>35179</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s"/>
+      <x:c r="E40" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>551785</x:v>
+        <x:v>549074</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35179</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>571617</x:v>
+        <x:v>501098</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>501098</x:v>
+        <x:v>579825</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>36966</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>11452</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>605705</x:v>
+        <x:v>597104</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>5860</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>451667</x:v>
+        <x:v>551748</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>35179</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>502180</x:v>
+        <x:v>571618</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38804</x:v>
+        <x:v>36966</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>23610</x:v>
+        <x:v>11452</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>609336</x:v>
+        <x:v>605705</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>5860</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>587688</x:v>
+        <x:v>451667</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>35179</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>570913</x:v>
+        <x:v>502180</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>38804</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>597104</x:v>
+        <x:v>609336</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>551748</x:v>
+        <x:v>587688</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>571618</x:v>
+        <x:v>570913</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>597099</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
@@ -4182,972 +4185,965 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>493056</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>39798</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
+      <x:c r="I54" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="K54" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="L54" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M54" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N54" s="15" t="n">
+        <x:v>23602</x:v>
+      </x:c>
+      <x:c r="O54" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="P54" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="S54" s="14" t="n">
+        <x:v>571471</x:v>
+      </x:c>
+      <x:c r="T54" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="H54" s="14" t="s">
+      <x:c r="U54" s="16" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>551779</x:v>
+        <x:v>571472</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>39798</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>571471</x:v>
+        <x:v>574851</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>571472</x:v>
+        <x:v>551779</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>149</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>518575</x:v>
+        <x:v>580001</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>39702</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>580001</x:v>
+        <x:v>577413</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>39702</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
-      <x:c r="F60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F60" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G60" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>588536</x:v>
+        <x:v>583629</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>583725</x:v>
+        <x:v>574837</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>551769</x:v>
+        <x:v>518575</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>39702</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>583962</x:v>
+        <x:v>588536</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
-      <x:c r="F64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F64" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G64" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>577413</x:v>
+        <x:v>583725</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>39702</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>171</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>583629</x:v>
+        <x:v>551769</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
-      <x:c r="F66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G66" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>574837</x:v>
+        <x:v>583962</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>583407</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>551780</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39819</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>574853</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>