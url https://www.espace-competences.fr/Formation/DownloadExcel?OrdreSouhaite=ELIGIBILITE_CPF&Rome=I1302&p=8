--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -758,158 +758,158 @@
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention domotique parcours coordinateur de projet en immotique et objets intelligents (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence professionnelle Domotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Vauvenargues</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
@@ -917,87 +917,87 @@
   <x:si>
     <x:t>Technicien supérieur de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Conception et réalisation de systèmes automatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Aéronautique (à partir session d'examen 2026)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Aéronautique (à partir session d'examen 2026)</x:t>
-[...8 lines deleted...]
-    <x:t>09/10/2025 00:00:00</x:t>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production + BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur de maintenance industrielle</x:t>
   </x:si>
@@ -6416,3550 +6416,3554 @@
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>596515</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="C85" s="3" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>592938</x:v>
+        <x:v>511069</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q86" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="Q86" s="16" t="s">
+      <x:c r="R86" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="R86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>596447</x:v>
+        <x:v>594580</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>596512</x:v>
+        <x:v>594583</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>39635</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>596513</x:v>
+        <x:v>556905</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>39635</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>556905</x:v>
+        <x:v>605699</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>605699</x:v>
+        <x:v>605702</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597370</x:v>
+        <x:v>501022</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605702</x:v>
+        <x:v>453830</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>501022</x:v>
+        <x:v>603397</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35408</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>453830</x:v>
+        <x:v>501472</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35408</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>603397</x:v>
+        <x:v>493132</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>501472</x:v>
+        <x:v>547618</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>493132</x:v>
+        <x:v>510675</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>547618</x:v>
+        <x:v>511064</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>35408</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>510675</x:v>
+        <x:v>602807</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>511064</x:v>
+        <x:v>550241</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>602807</x:v>
+        <x:v>608237</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>550241</x:v>
+        <x:v>494784</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>608237</x:v>
+        <x:v>494794</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>494784</x:v>
+        <x:v>507310</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>494794</x:v>
+        <x:v>555616</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>507310</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>555616</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>605688</x:v>
+        <x:v>605701</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>605701</x:v>
+        <x:v>501016</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>501016</x:v>
+        <x:v>501466</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>501466</x:v>
+        <x:v>558735</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>558735</x:v>
+        <x:v>544884</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>544884</x:v>
+        <x:v>556393</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>556393</x:v>
+        <x:v>556394</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>556394</x:v>
+        <x:v>604283</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>604283</x:v>
+        <x:v>550221</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>550221</x:v>
+        <x:v>550273</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>550273</x:v>
+        <x:v>514128</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
-      <x:c r="E119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>514128</x:v>
+        <x:v>596447</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>511069</x:v>
+        <x:v>596512</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>594580</x:v>
+        <x:v>596513</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>594583</x:v>
+        <x:v>596514</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>596514</x:v>
+        <x:v>596517</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>596517</x:v>
+        <x:v>516017</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>40121</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>516017</x:v>
+        <x:v>558147</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>40121</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>558147</x:v>
+        <x:v>605704</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>605704</x:v>
+        <x:v>603398</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>35408</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>603398</x:v>
+        <x:v>519681</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>519681</x:v>
+        <x:v>550308</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>550308</x:v>
+        <x:v>596510</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>596510</x:v>
+        <x:v>555617</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>555617</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="C133" s="3" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="n">
+        <x:v>29796</x:v>
+      </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>580066</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>29796</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>580066</x:v>
+        <x:v>594581</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>594581</x:v>
+        <x:v>594584</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>594584</x:v>
+        <x:v>516059</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>516059</x:v>
+        <x:v>604363</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>604363</x:v>
+        <x:v>605650</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605650</x:v>
+        <x:v>605939</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>605939</x:v>
+        <x:v>501475</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>501475</x:v>
+        <x:v>602323</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>602323</x:v>
+        <x:v>602531</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>602531</x:v>
+        <x:v>596778</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>35408</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>596778</x:v>
+        <x:v>597370</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
@@ -9972,110 +9976,110 @@
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>608351</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>507656</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
@@ -10085,51 +10089,51 @@
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>587945</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
@@ -10142,167 +10146,167 @@
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>491867</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>575547</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>575965</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
@@ -10312,51 +10316,51 @@
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>587946</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -10371,51 +10375,51 @@
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>559631</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
@@ -10428,51 +10432,51 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>554785</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -10487,51 +10491,51 @@
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>611580</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
@@ -10544,51 +10548,51 @@
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>540236</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
@@ -10601,557 +10605,563 @@
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>543699</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>36247</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>543700</x:v>
+        <x:v>539648</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38576</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
+      <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>583882</x:v>
+        <x:v>543666</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>523018</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>36247</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>539648</x:v>
+        <x:v>541920</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>543666</x:v>
+        <x:v>550643</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>493645</x:v>
+        <x:v>543700</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
+      <x:c r="E163" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>541920</x:v>
+        <x:v>583882</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>36247</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>276</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>550643</x:v>
+        <x:v>539647</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>589718</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
@@ -11164,164 +11174,164 @@
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>585628</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
@@ -11334,226 +11344,224 @@
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>550633</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>539647</x:v>
+        <x:v>585925</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>585925</x:v>
+        <x:v>585926</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36247</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>585926</x:v>
+        <x:v>493645</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
@@ -11566,110 +11574,110 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>559787</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>554015</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
@@ -11679,51 +11687,51 @@
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>515949</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -11738,51 +11746,51 @@
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>504175</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
@@ -11792,51 +11800,51 @@
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>493646</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -11851,108 +11859,108 @@
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>540234</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>540235</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
@@ -11965,51 +11973,51 @@
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
@@ -12019,51 +12027,51 @@
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>543696</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
@@ -12076,108 +12084,108 @@
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>588532</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
@@ -12187,51 +12195,51 @@
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
@@ -12244,114 +12252,114 @@
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>585924</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G186" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>583873</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
@@ -12364,51 +12372,51 @@
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>585626</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -12423,51 +12431,51 @@
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>585627</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>