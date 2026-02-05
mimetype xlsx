--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -302,110 +302,110 @@
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -461,99 +461,99 @@
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours russe</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention philosophie parcours philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours anglais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours portugais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
@@ -1737,105 +1737,103 @@
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>608305</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>608639</x:v>
+        <x:v>592374</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1961,393 +1959,393 @@
       <x:c r="L15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>601989</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>39697</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>13054</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="S16" s="14" t="n">
+        <x:v>608639</x:v>
+      </x:c>
+      <x:c r="T16" s="16" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>592203</x:v>
+        <x:v>592200</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>39697</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592372</x:v>
+        <x:v>592203</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>592381</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592374</x:v>
+        <x:v>601990</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>601990</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -2547,82 +2545,82 @@
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>592202</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>592378</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -3044,51 +3042,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>584267</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -3169,500 +3167,500 @@
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>581313</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>581310</x:v>
+        <x:v>598349</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>581314</x:v>
+        <x:v>581284</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>581318</x:v>
+        <x:v>581312</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>611996</x:v>
+        <x:v>581315</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>598349</x:v>
+        <x:v>611996</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>581284</x:v>
+        <x:v>581310</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>581312</x:v>
+        <x:v>581314</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>581315</x:v>
+        <x:v>581318</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>37</x:v>
@@ -3896,59 +3894,59 @@
       <x:c r="M49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>581282</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>51</x:v>
@@ -4028,84 +4026,84 @@
       <x:c r="T51" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>613735</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -4302,51 +4300,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>575713</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
@@ -4650,93 +4648,93 @@
       <x:c r="R62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>609278</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -4816,51 +4814,51 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>575792</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>51</x:v>
@@ -5056,87 +5054,87 @@
       <x:c r="T69" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602508</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>