--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -965,164 +965,164 @@
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esgcv - Esarc</x:t>
   </x:si>
   <x:si>
     <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager de l'habitat social et durable</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement aménagement</x:t>
   </x:si>
   <x:si>
+    <x:t>07/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable d'affaires immobilières</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Négociateur-conseil en patrimoine immobilier et financier spécialisation conseiller en investissement immobilier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de l'habitat social et durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Escial Académie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANARY-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Line Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager en gestion immobilière (Property manager) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Consultant financier et patrimonial spécialisation manager en patrimoine immobilier financier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion portefeuille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager en promotion immobilières (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en aménagement et en promotion immobilière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement foncier</x:t>
   </x:si>
   <x:si>
-    <x:t>07/29/2028 00:00:00</x:t>
-[...94 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie patrimoniale</x:t>
   </x:si>
   <x:si>
     <x:t>Expertise terrains agricoles, vignobles, fermes, bois et forêts</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National de l'Expertise</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Expertise immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion de patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
@@ -1367,267 +1367,267 @@
   <x:si>
     <x:t>Négociateur immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Quesacoach</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>responsable d'affaires en immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
+    <x:t>Négociateur-conseil en patrimoine immobilier et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agents commerciaux, mandataires, immobiliers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michael Felappi - Infinity Group Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>consultant financier et patrimonial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Idev - Antenne Marignane</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Négociateur-conseil en patrimoine immobilier et financier</x:t>
-[...71 lines deleted...]
-    <x:t>06/01/2025 00:00:00</x:t>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>négociateur-conseil en patrimoine immobilier et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Française du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>83512</x:t>
-[...26 lines deleted...]
-    <x:t>Ecole Française du Bâtiment</x:t>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant immobilier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Responsable d'affaires immobilières BC01 Conseiller et accompagner un client dans son projet immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable d'affaires immobilières</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier parcours métiers de l'immobilier dans la construction et la gestion immobilière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
-    <x:t>13007</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur conseiller immobilier option vente en VEFA</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'immobilier parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
@@ -7404,2014 +7404,2012 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>592935</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="Q90" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="R90" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S90" s="14" t="n">
+        <x:v>608342</x:v>
+      </x:c>
+      <x:c r="T90" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>233</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>599473</x:v>
+        <x:v>596484</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>549541</x:v>
+        <x:v>548695</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38274</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>12504</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>546393</x:v>
+        <x:v>589692</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>608342</x:v>
+        <x:v>589694</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>596484</x:v>
+        <x:v>556113</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>548695</x:v>
+        <x:v>502394</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>589692</x:v>
+        <x:v>603636</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>589694</x:v>
+        <x:v>608657</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>233</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>556113</x:v>
+        <x:v>552655</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35590</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>502394</x:v>
+        <x:v>552662</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>603636</x:v>
+        <x:v>608094</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40989</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>608657</x:v>
+        <x:v>511083</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>552655</x:v>
+        <x:v>512011</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>35590</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>552662</x:v>
+        <x:v>505567</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>608094</x:v>
+        <x:v>505909</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>511083</x:v>
+        <x:v>494749</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>512011</x:v>
+        <x:v>507202</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>505567</x:v>
+        <x:v>545316</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>505909</x:v>
+        <x:v>587361</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>494749</x:v>
+        <x:v>611118</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>507202</x:v>
+        <x:v>607283</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>545316</x:v>
+        <x:v>552024</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>37163</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>587361</x:v>
+        <x:v>513605</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>611118</x:v>
+        <x:v>606931</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>607283</x:v>
+        <x:v>499346</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>552024</x:v>
+        <x:v>550741</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37163</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>513605</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>606931</x:v>
+        <x:v>547442</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>499346</x:v>
+        <x:v>549479</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>35077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>233</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>550741</x:v>
+        <x:v>599473</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>550758</x:v>
+        <x:v>549541</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>12504</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>547442</x:v>
+        <x:v>546393</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39112</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>596942</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
@@ -9477,51 +9475,51 @@
       <x:c r="E125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>568266</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -9960,51 +9958,51 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>602186</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10485,51 +10483,51 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>534954</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>40</x:v>
@@ -10755,51 +10753,51 @@
       <x:c r="G147" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>498934</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
@@ -10848,78 +10846,78 @@
       <x:c r="S148" s="14" t="n">
         <x:v>597226</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>498295</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
@@ -11261,51 +11259,51 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>595467</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -11563,86 +11561,86 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>592410</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38274</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>12504</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>513604</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
@@ -12390,84 +12388,84 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>552659</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>534945</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -13072,51 +13070,51 @@
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>581733</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -13552,51 +13550,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>607854</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13611,51 +13609,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>534975</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>40</x:v>
@@ -14269,79 +14267,79 @@
         <x:v>599668</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>599825</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
@@ -14669,51 +14667,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>548515</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>40</x:v>
@@ -14726,51 +14724,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>589696</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14911,75 +14909,75 @@
       <x:c r="S218" s="14" t="n">
         <x:v>605207</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>502389</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
@@ -15458,4631 +15456,4628 @@
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>597215</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>36382</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>504970</x:v>
+        <x:v>523152</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>363</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>609447</x:v>
+        <x:v>609590</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>555554</x:v>
+        <x:v>548696</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>603475</x:v>
+        <x:v>589690</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>40291</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>193</x:v>
-[...2 lines deleted...]
-        <x:v>194</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>13286</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>608046</x:v>
+        <x:v>601558</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>608242</x:v>
+        <x:v>601559</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>510918</x:v>
+        <x:v>603558</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>36662</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>13286</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>553380</x:v>
+        <x:v>607866</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>34441</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>553499</x:v>
+        <x:v>606951</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>511084</x:v>
+        <x:v>552658</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>511085</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>544953</x:v>
+        <x:v>534963</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>36382</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-        <x:v>271</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>545150</x:v>
+        <x:v>534980</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>545162</x:v>
+        <x:v>608090</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-        <x:v>361</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>609181</x:v>
+        <x:v>535333</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>587362</x:v>
+        <x:v>495734</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>40989</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>599935</x:v>
+        <x:v>549103</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>499859</x:v>
+        <x:v>560942</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>499930</x:v>
+        <x:v>611237</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>608378</x:v>
+        <x:v>607459</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>41117</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>276</x:v>
-[...2 lines deleted...]
-        <x:v>277</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>608428</x:v>
+        <x:v>552023</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>38273</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>410</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>547205</x:v>
+        <x:v>513607</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>496648</x:v>
+        <x:v>500511</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>34441</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>509834</x:v>
+        <x:v>550742</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>193</x:v>
-[...2 lines deleted...]
-        <x:v>194</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>549348</x:v>
+        <x:v>550759</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>37279</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>193</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>549381</x:v>
+        <x:v>547443</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>503859</x:v>
+        <x:v>547579</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>36382</x:v>
+        <x:v>37435</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>42154</x:v>
+        <x:v>13297</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>523152</x:v>
+        <x:v>546392</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>609590</x:v>
+        <x:v>546513</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548696</x:v>
+        <x:v>601279</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
-      <x:c r="E259" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>589690</x:v>
+        <x:v>578816</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>601558</x:v>
+        <x:v>556859</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
-      <x:c r="E261" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>601559</x:v>
+        <x:v>608978</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
-      <x:c r="E262" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>603558</x:v>
+        <x:v>554766</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-        <x:v>271</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>607866</x:v>
+        <x:v>615947</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>41812</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>606951</x:v>
+        <x:v>615949</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
-      <x:c r="E265" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>552658</x:v>
+        <x:v>597211</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>534946</x:v>
+        <x:v>597220</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>534963</x:v>
+        <x:v>597223</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>36382</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42154</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>534980</x:v>
+        <x:v>572709</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>608090</x:v>
+        <x:v>504970</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>535333</x:v>
+        <x:v>609447</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>495734</x:v>
+        <x:v>555554</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>549103</x:v>
+        <x:v>603475</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>560942</x:v>
+        <x:v>608046</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>611237</x:v>
+        <x:v>608242</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>607459</x:v>
+        <x:v>510918</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36662</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>552023</x:v>
+        <x:v>553380</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38273</x:v>
+        <x:v>34441</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>13286</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>513607</x:v>
+        <x:v>553499</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>500511</x:v>
+        <x:v>511084</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>550742</x:v>
+        <x:v>511085</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>550759</x:v>
+        <x:v>544953</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>547443</x:v>
+        <x:v>545150</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>547579</x:v>
+        <x:v>545162</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>37435</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>13297</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>546392</x:v>
+        <x:v>609181</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>546513</x:v>
+        <x:v>587362</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
+      <x:c r="E285" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>608978</x:v>
+        <x:v>599935</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
-      <x:c r="E286" s="14" t="s"/>
+      <x:c r="E286" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>554766</x:v>
+        <x:v>499859</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>41696</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
+      <x:c r="E287" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>615947</x:v>
+        <x:v>499930</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>41812</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
-      <x:c r="E288" s="14" t="s"/>
+      <x:c r="E288" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>615949</x:v>
+        <x:v>608378</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>597211</x:v>
+        <x:v>608428</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>466</x:v>
-[...1 lines deleted...]
-      <x:c r="C290" s="15" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="n">
+        <x:v>38380</x:v>
+      </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="J290" s="14" t="s"/>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="J290" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>601279</x:v>
+        <x:v>547205</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>578816</x:v>
+        <x:v>496648</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>34441</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>556859</x:v>
+        <x:v>509834</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
+      <x:c r="E293" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>608343</x:v>
+        <x:v>549348</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>37279</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s"/>
+      <x:c r="E294" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>553983</x:v>
+        <x:v>549381</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
+      <x:c r="E295" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>597220</x:v>
+        <x:v>503859</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42137</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>597223</x:v>
+        <x:v>602489</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>572709</x:v>
+        <x:v>592415</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>368</x:v>
-[...1 lines deleted...]
-      <x:c r="C298" s="15" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C298" s="15" t="n">
+        <x:v>38380</x:v>
+      </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="J298" s="14" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J298" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42137</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>602489</x:v>
+        <x:v>597209</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>592415</x:v>
+        <x:v>597214</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="Q300" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="Q300" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>597209</x:v>
+        <x:v>597224</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>42159</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>597214</x:v>
+        <x:v>600720</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="H302" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I302" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>597224</x:v>
+        <x:v>608343</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="C303" s="3" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C303" s="3" t="n">
+        <x:v>14922</x:v>
+      </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J303" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42159</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>600720</x:v>
+        <x:v>553983</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s"/>
-      <x:c r="F304" s="14" t="s"/>
+      <x:c r="E304" s="14" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F304" s="14" t="s">
+        <x:v>484</x:v>
+      </x:c>
       <x:c r="G304" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>566525</x:v>
+        <x:v>583789</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>40989</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>590888</x:v>
+        <x:v>566525</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>531264</x:v>
+        <x:v>590888</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
-      <x:c r="E307" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>583789</x:v>
+        <x:v>531264</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20100,441 +20095,440 @@
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>586226</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>556950</x:v>
+        <x:v>585285</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>40989</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>497</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>601635</x:v>
+        <x:v>608085</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>585285</x:v>
+        <x:v>571272</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>608085</x:v>
+        <x:v>512794</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>571272</x:v>
+        <x:v>580891</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H314" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>512794</x:v>
+        <x:v>556950</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>40291</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="H315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>13286</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>580891</x:v>
+        <x:v>601635</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>40935</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20562,81 +20556,81 @@
       <x:c r="R316" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>598199</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>576304</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
@@ -20669,97 +20663,97 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>598332</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>609626</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20780,97 +20774,97 @@
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>512795</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>590887</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -20893,51 +20887,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>588296</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42133</x:v>
@@ -20947,51 +20941,51 @@
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>585318</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>74</x:v>
@@ -21205,131 +21199,131 @@
       <x:c r="H328" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>531216</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>608086</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>74</x:v>
@@ -21342,154 +21336,154 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>569122</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>585326</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>590886</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -21553,51 +21547,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>578830</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -21857,81 +21851,81 @@
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>586220</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>576303</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
@@ -22165,110 +22159,110 @@
       <x:c r="H345" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>556951</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>574093</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">