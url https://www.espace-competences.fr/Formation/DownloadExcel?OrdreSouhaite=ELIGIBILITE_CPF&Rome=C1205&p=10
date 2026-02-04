--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -746,117 +746,117 @@
   <x:si>
     <x:t>négociateur-conseil en patrimoine immobilier et financier</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>gestionnaire de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Droit affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>consultant financier et patrimonial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert conseil en gestion de patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable de clientèle banque finance assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bachelor européen gestion de patrimoine assurance banque</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>consultant financier et patrimonial</x:t>
-[...41 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention assurance, banque, finance : chargé de clientèle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
@@ -5962,1027 +5962,1025 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>548482</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="n">
+        <x:v>41696</x:v>
+      </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>523233</x:v>
+        <x:v>615947</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>41696</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>615947</x:v>
+        <x:v>596812</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38949</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>596812</x:v>
+        <x:v>596840</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>596840</x:v>
+        <x:v>592365</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592365</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>550758</x:v>
+        <x:v>589704</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>589704</x:v>
+        <x:v>545040</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38949</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>545040</x:v>
+        <x:v>609982</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>36074</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>609982</x:v>
+        <x:v>602441</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38949</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>602441</x:v>
+        <x:v>550742</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>550742</x:v>
+        <x:v>598954</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>36074</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>598954</x:v>
+        <x:v>608460</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38949</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>608460</x:v>
+        <x:v>601022</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38949</x:v>
+        <x:v>34923</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>601022</x:v>
+        <x:v>555023</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>555023</x:v>
+        <x:v>523233</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>565260</x:v>
+        <x:v>586499</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>586499</x:v>
+        <x:v>565260</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7118,51 +7116,51 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>576315</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>42</x:v>
@@ -7172,51 +7170,51 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>495679</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35452</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -7231,54 +7229,54 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>572392</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
@@ -7291,51 +7289,51 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -7407,51 +7405,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
@@ -7580,51 +7578,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>574093</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>42</x:v>
@@ -7637,51 +7635,51 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>588402</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -7693,51 +7691,51 @@
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>54</x:v>
@@ -7917,51 +7915,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>588327</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -7982,51 +7980,51 @@
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576322</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -8044,105 +8042,105 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>517683</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>586196</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>