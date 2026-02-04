--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -764,264 +764,264 @@
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours géomatique et modélisation spatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique descriptive</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours au management international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention mathématiques appliquées, statistique</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention économie du droit</x:t>
-[...11 lines deleted...]
-    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+    <x:t>master mention économie de l'entreprise et des marchés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QGIS Initiation - niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elisabeth Lauriol - Cartographie et Sig</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concepteur développeur en intelligence artificielle et analyse big data</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power BI les fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qgis initiation - niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours économie finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économétrie, statistiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power BI Data storytelling et design de dashboards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mode parcours management de la mode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Création textile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concepteur développeur en intelligence artificielle et analyse big data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé parcours cadre de proximité dans le secteur sanitaire, médico-social et social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé parcours formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEDGE BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager en data marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSEEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion données massives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économétrie, statistiques parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'institut d'études politiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Query Power Pivot perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESU perfectionnement dans les approches de population en pharmacocinétique / pharmacodynamie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statistique inférentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power BI maîtrise complète</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention monnaie, banque, finance, assurance parcours international finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie du droit parcours business law and economics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Query Power Pivot maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management de l'innovation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention mode</x:t>
-  </x:si>
-[...190 lines deleted...]
-    <x:t>Power Query Power Pivot maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
@@ -6712,1046 +6712,1043 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>575873</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39493</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>592111</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>39020</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>13054</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>591987</x:v>
+        <x:v>574966</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592037</x:v>
+        <x:v>575534</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>581565</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592404</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>35910</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>32070</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>595415</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39198</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>21627</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>592128</x:v>
+        <x:v>575688</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>39020</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>130</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>574942</x:v>
+        <x:v>591987</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>39493</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>574966</x:v>
+        <x:v>592037</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>39194</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>575534</x:v>
+        <x:v>581565</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>130</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>575663</x:v>
+        <x:v>592111</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>575687</x:v>
+        <x:v>597468</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>130</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>575688</x:v>
+        <x:v>614890</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>573099</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>573278</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>608593</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>614898</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8013,51 +8010,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
@@ -8070,157 +8067,157 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>592112</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>614882</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>592041</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>11017</x:v>
@@ -8230,162 +8227,162 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>592042</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>599890</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>597467</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
@@ -8394,224 +8391,224 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>608591</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39198</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>575880</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>553622</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>553623</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8626,51 +8623,51 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575681</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
@@ -8683,51 +8680,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>575682</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8742,51 +8739,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>576228</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
@@ -8799,51 +8796,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>576229</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
@@ -8893,68 +8890,68 @@
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>592121</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8969,142 +8966,142 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>575874</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>592005</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39591</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>615884</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
@@ -9117,51 +9114,51 @@
       <x:c r="J133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -9191,51 +9188,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
@@ -9248,320 +9245,320 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>575679</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39136</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>593252</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>608725</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>11057</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>589578</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>615071</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="Q140" s="16" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="R140" s="14" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>575028</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
@@ -9614,51 +9611,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592034</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -9668,380 +9665,385 @@
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592039</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>575686</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>591988</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>597468</x:v>
+        <x:v>615073</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="C147" s="3" t="s"/>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="n">
+        <x:v>38182</x:v>
+      </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>614890</x:v>
+        <x:v>597469</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="C148" s="15" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C148" s="15" t="n">
+        <x:v>35910</x:v>
+      </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="J148" s="14" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>615073</x:v>
+        <x:v>595415</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>39198</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>21627</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>597469</x:v>
+        <x:v>592128</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
@@ -10122,51 +10124,51 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
@@ -10277,51 +10279,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>534003</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
@@ -10494,51 +10496,51 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>597571</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
@@ -10602,51 +10604,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
@@ -10816,252 +10818,252 @@
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592123</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35401</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>591976</x:v>
+        <x:v>554904</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>615070</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35401</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>321</x:v>
-[...2 lines deleted...]
-        <x:v>322</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>554904</x:v>
+        <x:v>591976</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41077</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>606182</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">