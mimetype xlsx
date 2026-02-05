--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -392,143 +392,143 @@
   <x:si>
     <x:t>Lycée Saint-Jean le Baptiste</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>VALREAS</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie (PC), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Anatomie physiologie pathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eleva Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anatomie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Pétrarque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
-    <x:t>Anatomie physiologie pathologie</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Lycée St-Louis</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Bollène</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance - Henri Silvy</x:t>
   </x:si>
   <x:si>
     <x:t>84123</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Agricampus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Agricampus</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83409</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Conducteur de travaux - Opérateur niveau 3 Certification ACQPA</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
@@ -569,137 +569,137 @@
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la mer</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Doctorat</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Recherche développement</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
-[...5 lines deleted...]
-    <x:t>83056</x:t>
+    <x:t>Lycée Fénelon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Ornithologie - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Ornithologie</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Fénelon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Automatisme informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>83501</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>BOULOURIS</x:t>
@@ -1598,65 +1598,65 @@
   <x:si>
     <x:t>Lycée régional Monte-Cristo</x:t>
   </x:si>
   <x:si>
     <x:t>13190</x:t>
   </x:si>
   <x:si>
     <x:t>ALLAUCH</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>École secondaire du Val St-André</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole secondaire du Val St-André</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée St-Charles</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée général Ibn Khaldoun</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée St-Charles</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention biologie structurale, génomique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours technologies de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré ECAM LaSalle</x:t>
   </x:si>
   <x:si>
     <x:t>ECAM LaSalle - site de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69321</x:t>
@@ -1676,110 +1676,119 @@
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Haya Mouchka</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Daudet</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention santé publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-J de Garguier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé parcours recherche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours épidémiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention santé publique</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée St-J de Garguier</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée du Sacré-Coeur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph de la Madeleine</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 04</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée cité internationale Jacques Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J. Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Viala Lacoste</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
@@ -1823,146 +1832,137 @@
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention microbiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours handicap et santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention microbiologie</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Catherine de Sienne</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
-[...5 lines deleted...]
-    <x:t>GARDANNE</x:t>
+    <x:t>Lycée international de Valbonne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Parc Impérial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
   </x:si>
   <x:si>
-    <x:t>06130</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée de la montagne</x:t>
   </x:si>
   <x:si>
     <x:t>06420</x:t>
   </x:si>
   <x:si>
     <x:t>VALDEBLORE</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée du Parc Impérial</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Cyrano</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
@@ -2039,69 +2039,69 @@
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences du vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences du vivant</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général Carnot</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Henri IV</x:t>
   </x:si>
@@ -4082,293 +4082,293 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>592959</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>12028</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="K25" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>593809</x:v>
+        <x:v>616436</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>593812</x:v>
+        <x:v>592905</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>12028</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="P27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>616436</x:v>
+        <x:v>593864</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592905</x:v>
+        <x:v>593809</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>593864</x:v>
+        <x:v>593812</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>104</x:v>
@@ -4732,51 +4732,51 @@
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>593791</x:v>
+        <x:v>593767</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>136</x:v>
@@ -4785,97 +4785,97 @@
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>593767</x:v>
+        <x:v>593791</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>593907</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -5157,508 +5157,509 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>593816</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591948</x:v>
+        <x:v>592890</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="J47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>595492</x:v>
+        <x:v>591948</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>40525</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N48" s="15" t="n">
+        <x:v>12061</x:v>
+      </x:c>
+      <x:c r="O48" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P48" s="14" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610981</x:v>
+        <x:v>595492</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>40525</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M49" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>32062</x:v>
+      </x:c>
+      <x:c r="O49" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="P49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="S49" s="0" t="n">
+        <x:v>610981</x:v>
+      </x:c>
+      <x:c r="T49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="I49" s="4" t="s">
+      <x:c r="U49" s="4" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>12041</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="P50" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="P50" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>613240</x:v>
+        <x:v>593904</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>11592</x:v>
+        <x:v>12041</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>612319</x:v>
+        <x:v>613240</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11592</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S52" s="14" t="n">
+        <x:v>612319</x:v>
+      </x:c>
+      <x:c r="T52" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
+      <x:c r="U52" s="16" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="I53" s="4" t="s">
+      <x:c r="K53" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L53" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M53" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="n">
+        <x:v>12081</x:v>
+      </x:c>
+      <x:c r="O53" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P53" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="K53" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>593904</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592954</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>195</x:v>
@@ -5690,77 +5691,77 @@
       <x:c r="R55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>593796</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>593824</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>152</x:v>
@@ -6000,178 +6001,178 @@
         <x:v>593832</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597159</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>593921</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>593823</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>153</x:v>
@@ -6253,233 +6254,233 @@
       <x:c r="R66" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>593835</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>593808</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>592898</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592965</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>144</x:v>
@@ -6565,78 +6566,78 @@
         <x:v>228</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>593849</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>593783</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6667,131 +6668,131 @@
         <x:v>153</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>593828</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>593831</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>593841</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>232</x:v>
@@ -6976,75 +6977,75 @@
         <x:v>142</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>593854</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>615862</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -7078,232 +7079,232 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>591960</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>595493</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592942</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>244</x:v>
@@ -7585,79 +7586,79 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>592902</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>595494</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
@@ -8417,51 +8418,51 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>591964</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9021,51 +9022,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10635,51 +10636,51 @@
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>589598</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -10693,51 +10694,51 @@
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>12041</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>613244</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -12060,51 +12061,51 @@
         <x:v>423</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592000</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -13055,51 +13056,51 @@
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>12041</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613241</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -13190,79 +13191,79 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>595483</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>595495</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
@@ -13403,51 +13404,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
@@ -14270,51 +14271,51 @@
       <x:c r="G217" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>577558</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -14585,100 +14586,100 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>575961</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>592888</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -15906,132 +15907,132 @@
       <x:c r="R247" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>593778</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>593902</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>593903</x:v>
+        <x:v>593879</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>248</x:v>
@@ -16059,189 +16060,194 @@
         <x:v>248</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>593889</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>593879</x:v>
+        <x:v>593902</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>593793</x:v>
+        <x:v>593903</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C253" s="3" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C253" s="3" t="n">
+        <x:v>35973</x:v>
+      </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>285</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>593874</x:v>
+        <x:v>595444</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
@@ -16663,74 +16669,74 @@
       <x:c r="R261" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
@@ -16907,3829 +16913,3829 @@
       <x:c r="G266" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>577559</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>593764</x:v>
+        <x:v>593874</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>593777</x:v>
+        <x:v>593764</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>593790</x:v>
+        <x:v>593777</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>284</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>595444</x:v>
+        <x:v>593790</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C271" s="3" t="s"/>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592910</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C272" s="15" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="n">
+        <x:v>39508</x:v>
+      </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="H272" s="14" t="s"/>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="J272" s="14" t="s"/>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>574951</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>591871</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>592947</x:v>
+        <x:v>593868</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>593827</x:v>
+        <x:v>591913</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>591916</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>541</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>272</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>274</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>574951</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>274</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>574990</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>39890</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>272</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>14284</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>576230</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>274</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>576234</x:v>
+        <x:v>592947</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>576271</x:v>
+        <x:v>576230</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>581554</x:v>
+        <x:v>576234</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>575011</x:v>
+        <x:v>576271</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>547</x:v>
-[...1 lines deleted...]
-      <x:c r="H284" s="14" t="s"/>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>437</x:v>
-[...1 lines deleted...]
-      <x:c r="J284" s="14" t="s"/>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>591958</x:v>
+        <x:v>581554</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>592066</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>32</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>592072</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C287" s="3" t="s"/>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C287" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J287" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>593901</x:v>
+        <x:v>592066</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C288" s="15" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="n">
+        <x:v>39195</x:v>
+      </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>319</x:v>
-[...1 lines deleted...]
-      <x:c r="J288" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>591939</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>591942</x:v>
+        <x:v>593884</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>593868</x:v>
+        <x:v>593827</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>12067</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>591913</x:v>
+        <x:v>593901</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>12067</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>591916</x:v>
+        <x:v>591939</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>593817</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>593819</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>593752</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>593754</x:v>
+        <x:v>593752</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="Q299" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="Q299" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>593766</x:v>
+        <x:v>593754</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>593771</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>593780</x:v>
+        <x:v>593771</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>593792</x:v>
+        <x:v>593780</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>593842</x:v>
+        <x:v>593792</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>572</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>274</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>574981</x:v>
+        <x:v>593842</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>574984</x:v>
+        <x:v>574981</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>574987</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>576144</x:v>
+        <x:v>574987</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>591859</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C309" s="3" t="s"/>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C309" s="3" t="n">
+        <x:v>38691</x:v>
+      </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J309" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>593860</x:v>
+        <x:v>591859</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>593875</x:v>
+        <x:v>593860</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>593877</x:v>
+        <x:v>593875</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>593885</x:v>
+        <x:v>593877</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>615861</x:v>
+        <x:v>593885</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>615861</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>595452</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>298</x:v>
-[...1 lines deleted...]
-      <x:c r="J316" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>593836</x:v>
+        <x:v>595452</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>594656</x:v>
+        <x:v>593800</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>591965</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>38969</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>591997</x:v>
+        <x:v>591965</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>591999</x:v>
+        <x:v>591997</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>595482</x:v>
+        <x:v>591999</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>595490</x:v>
+        <x:v>595482</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>272</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>576232</x:v>
+        <x:v>595490</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>576235</x:v>
+        <x:v>576232</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C325" s="3" t="s"/>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C325" s="3" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>592897</x:v>
+        <x:v>576235</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>593881</x:v>
+        <x:v>592897</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>593897</x:v>
+        <x:v>593881</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>593884</x:v>
+        <x:v>593897</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>592962</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>592963</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>592970</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>595</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>274</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>577548</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C333" s="3" t="s"/>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C333" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>593753</x:v>
+        <x:v>577548</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>593755</x:v>
+        <x:v>593753</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>593800</x:v>
+        <x:v>593755</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>593829</x:v>
+        <x:v>592966</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>593797</x:v>
+        <x:v>593779</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>608</x:v>
@@ -20738,610 +20744,610 @@
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>593779</x:v>
+        <x:v>593782</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="I339" s="4" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q339" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="Q339" s="4" t="s">
+      <x:c r="R339" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="R339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>593782</x:v>
+        <x:v>593850</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>592966</x:v>
+        <x:v>593829</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>593898</x:v>
+        <x:v>593797</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>591937</x:v>
+        <x:v>593898</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>593906</x:v>
+        <x:v>591937</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>594207</x:v>
+        <x:v>593906</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>593911</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>593911</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>592955</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>595106</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>593850</x:v>
+        <x:v>595106</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
@@ -21368,51 +21374,51 @@
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
@@ -21657,100 +21663,100 @@
         <x:v>647</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>593798</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>593914</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
@@ -21776,91 +21782,91 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>591944</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
@@ -21932,362 +21938,365 @@
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>585854</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>656</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>630</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>625</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>12008</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="P362" s="14" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="Q362" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="P362" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>590163</x:v>
+        <x:v>593761</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>450</x:v>
-[...1 lines deleted...]
-      <x:c r="C363" s="3" t="s"/>
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="n">
+        <x:v>38672</x:v>
+      </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="J363" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12008</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>595852</x:v>
+        <x:v>597540</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>595853</x:v>
+        <x:v>592939</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>593761</x:v>
+        <x:v>595852</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>662</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>631</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>12008</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>597540</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>243</x:v>
-[...1 lines deleted...]
-      <x:c r="C367" s="3" t="s"/>
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="n">
+        <x:v>38672</x:v>
+      </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="H367" s="0" t="s">
+        <x:v>654</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>12008</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>592939</x:v>
+        <x:v>590163</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
@@ -22414,75 +22423,75 @@
         <x:v>669</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>593883</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -22557,51 +22566,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>593756</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -22695,51 +22704,51 @@
         <x:v>647</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>676</x:v>
@@ -22797,51 +22806,51 @@
         <x:v>647</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>591953</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
@@ -22851,51 +22860,51 @@
       <x:c r="J379" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>591966</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
@@ -22908,51 +22917,51 @@
       <x:c r="J380" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>591967</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>617</x:v>
@@ -23083,80 +23092,80 @@
       <x:c r="R383" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>593815</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>596455</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>636</x:v>
@@ -23189,76 +23198,76 @@
         <x:v>585856</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>593880</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>686</x:v>
@@ -23287,80 +23296,80 @@
       <x:c r="R387" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>593861</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>593785</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>617</x:v>
@@ -23389,80 +23398,80 @@
       <x:c r="R389" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>593807</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>592958</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>617</x:v>
@@ -23593,132 +23602,132 @@
       <x:c r="R393" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>595856</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>596025</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>11483</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>577819</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
@@ -23902,80 +23911,80 @@
       <x:c r="R399" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>593919</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>592896</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>627</x:v>
@@ -24037,51 +24046,51 @@
       <x:c r="J402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
@@ -24091,104 +24100,104 @@
       <x:c r="J403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>627</x:v>
@@ -24246,51 +24255,51 @@
         <x:v>625</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>620</x:v>
@@ -24552,219 +24561,219 @@
         <x:v>709</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>593856</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>595208</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>594655</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -24778,78 +24787,78 @@
         <x:v>620</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>592894</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>595105</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>678</x:v>
       </x:c>