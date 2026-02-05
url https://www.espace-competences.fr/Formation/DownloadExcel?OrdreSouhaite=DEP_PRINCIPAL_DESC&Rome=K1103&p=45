--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -569,56 +569,56 @@
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Enseignement et de Formation au Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>CEFY</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
@@ -926,281 +926,281 @@
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>Gymnastique douce</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Drainage lymphatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie plantaire Zu Dan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloïse Mercier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie et gestion des émotions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert praticien en thérapies naturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comportementaliste Félin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoopro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art-thérapeute en mouvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terre de Lune</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A Fleur de Peau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage esthétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professeur de Yoga au Féminin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nathalie Pascaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en hypnose thérapeutique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professeur yoga séniors sur chaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien shiatsu prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sens en Eveil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophihe du yoga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien Janzu : massage et relaxation aquatique. Cursus complet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thomas Vanhee - Osmoz Life</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être crânio-facial scapulaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être Californien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir Sophrologue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie auriculaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être cranien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Pilates module reformer et Cadillac 3 et Wunda Chair</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en apprentissage</x:t>
-[...223 lines deleted...]
-  <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage énergétique crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
@@ -2183,215 +2183,215 @@
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Le protocole Zénith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en hypnose EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instructeur Pilates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sophrologie et sophro-analyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien TCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien naturopathe : naturopathe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie ayuvédique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage lomi lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relaxation coréenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fasciathérapie - principes fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hippocrates - Tissual balancing academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2025 00:00:00</x:t>
-[...89 lines deleted...]
-    <x:t>03/13/2026 00:00:00</x:t>
+    <x:t>04/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuina du dos</x:t>
+  </x:si>
+  <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/25/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>Praticien en Art Thérapie</x:t>
+    <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/21/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien en Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Marie-Hélène Reynaud Joanny</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller en nutrition et gestion du mental - naturopathe ayurvédique niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuina du dos</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga Vinyasa</x:t>
   </x:si>
   <x:si>
     <x:t>Rosa Aguilera - Yoga du Sud</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Le protocole Zénith</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
@@ -2528,150 +2528,150 @@
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Massage Bien-Etre Énergétique </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniela Molinari - Institut de Formation Maestria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être avec ventouses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage ayurvédique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art thérapie premium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patricia Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les bases du massage bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir masseur bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage enfant (de 2 à 12 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Créer son activité de médiation par l'animal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christine Dagonet - Reconnect</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESCRAGNOLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les massages du monde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
-  </x:si>
-[...91 lines deleted...]
-    <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
@@ -5163,194 +5163,194 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>616356</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>616439</x:v>
+        <x:v>570661</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>570661</x:v>
+        <x:v>585296</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>585296</x:v>
+        <x:v>616439</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -6918,1443 +6918,1441 @@
         <x:v>277</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>586580</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>15452</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>586565</x:v>
+        <x:v>615123</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>287</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C70" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="J70" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s"/>
+      <x:c r="K70" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L70" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M70" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N70" s="15" t="n">
+        <x:v>43445</x:v>
+      </x:c>
+      <x:c r="O70" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="P70" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="S70" s="14" t="n">
+        <x:v>615220</x:v>
+      </x:c>
+      <x:c r="T70" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="K70" s="14" t="s">
-[...11 lines deleted...]
-      <x:c r="O70" s="14" t="s">
+      <x:c r="U70" s="16" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42001</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>615123</x:v>
+        <x:v>615221</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>298</x:v>
-[...1 lines deleted...]
-      <x:c r="H72" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615220</x:v>
+        <x:v>576836</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M73" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="N73" s="3" t="n">
+        <x:v>43425</x:v>
+      </x:c>
+      <x:c r="O73" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="K73" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>615221</x:v>
+        <x:v>491243</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>236</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>576836</x:v>
+        <x:v>560332</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>611592</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>491243</x:v>
+        <x:v>587881</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>34921</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>560332</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>583218</x:v>
+        <x:v>527565</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>317</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>319</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>583218</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="U79" s="4" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>322</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="J80" s="14" t="s"/>
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P80" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="P80" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>611696</x:v>
+        <x:v>606653</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="R81" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="S81" s="0" t="n">
+        <x:v>611696</x:v>
+      </x:c>
+      <x:c r="T81" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>15450</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>578436</x:v>
+        <x:v>569903</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>586349</x:v>
+        <x:v>578436</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586567</x:v>
+        <x:v>586349</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>15450</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>616987</x:v>
+        <x:v>586567</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>616989</x:v>
+        <x:v>616987</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>576872</x:v>
+        <x:v>616989</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>340</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>587309</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>590454</x:v>
+        <x:v>587309</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>600431</x:v>
+        <x:v>590454</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>576830</x:v>
+        <x:v>600431</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>298</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>615222</x:v>
+        <x:v>576830</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>586749</x:v>
+        <x:v>615222</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>587881</x:v>
+        <x:v>586749</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>15450</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>527565</x:v>
+        <x:v>586565</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="U95" s="4" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -8376,84 +8374,84 @@
         <x:v>220</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>615124</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>615213</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
@@ -8522,139 +8520,139 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>587866</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>569902</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -8721,51 +8719,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>586745</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
@@ -9182,97 +9180,97 @@
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615214</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
@@ -9290,54 +9288,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>586348</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>75</x:v>
@@ -9452,51 +9450,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>587880</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -9505,89 +9503,89 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>589946</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>590474</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
@@ -9599,108 +9597,108 @@
       <x:c r="M120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>571736</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586350</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -9768,76 +9766,76 @@
       <x:c r="R123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>553917</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
@@ -9854,51 +9852,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
@@ -10076,230 +10074,230 @@
       <x:c r="R129" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>615219</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>615228</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>569904</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>615211</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
@@ -11312,76 +11310,76 @@
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>602498</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
@@ -11629,51 +11627,51 @@
       <x:c r="U159" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -12303,51 +12301,51 @@
       <x:c r="T172" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -12601,51 +12599,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
@@ -13460,51 +13458,51 @@
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>616422</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -13630,51 +13628,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>573783</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
@@ -14242,51 +14240,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
@@ -14365,51 +14363,51 @@
       <x:c r="T212" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -15120,51 +15118,51 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>574192</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
@@ -15956,51 +15954,51 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>598460</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
@@ -16465,102 +16463,102 @@
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>564158</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>287</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>545825</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36147</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
@@ -16782,72 +16780,72 @@
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>598475</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>287</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -17292,51 +17290,51 @@
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>580292</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
@@ -17571,51 +17569,51 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>576870</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
@@ -17722,1167 +17720,1166 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>602501</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>495575</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>572604</x:v>
+        <x:v>586750</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>552623</x:v>
+        <x:v>543919</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>551476</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="U282" s="16" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>559483</x:v>
+        <x:v>551476</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>457</x:v>
-[...1 lines deleted...]
-      <x:c r="H284" s="14" t="s"/>
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>656</x:v>
+      </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>616898</x:v>
+        <x:v>559483</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>708</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>529778</x:v>
+        <x:v>616898</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="U285" s="4" t="s">
         <x:v>709</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>614342</x:v>
+        <x:v>529778</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>602499</x:v>
+        <x:v>614342</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>602502</x:v>
+        <x:v>602499</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="U288" s="16" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>578782</x:v>
+        <x:v>602502</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>42001</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>510254</x:v>
+        <x:v>578782</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>510312</x:v>
+        <x:v>510254</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>578935</x:v>
+        <x:v>510312</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>578936</x:v>
+        <x:v>578935</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>563</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>578936</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>579050</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>435</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>564</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>573270</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>572176</x:v>
+        <x:v>573270</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>572176</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>551305</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>441</x:v>
@@ -18891,1495 +18888,1495 @@
       <x:c r="K300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>551477</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>616264</x:v>
+        <x:v>551477</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>579680</x:v>
+        <x:v>616264</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>598451</x:v>
+        <x:v>579680</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>598456</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>598468</x:v>
+        <x:v>598456</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>598666</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>576827</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>543596</x:v>
+        <x:v>572604</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>574024</x:v>
+        <x:v>552623</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>655</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>570551</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>576863</x:v>
+        <x:v>574024</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>563</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>588283</x:v>
+        <x:v>564162</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>557356</x:v>
+        <x:v>598666</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>440</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>656</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>551192</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>473727</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>516459</x:v>
+        <x:v>543596</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>555357</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>564162</x:v>
+        <x:v>557356</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>598447</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>530</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>564</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>599044</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>752</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>551404</x:v>
+        <x:v>473727</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>15450</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>616706</x:v>
+        <x:v>599044</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>756</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>586750</x:v>
+        <x:v>516459</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>543919</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>580115</x:v>
+        <x:v>616706</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>758</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
@@ -20646,127 +20643,127 @@
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>546593</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>545823</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -20930,51 +20927,51 @@
       <x:c r="U339" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -20984,51 +20981,51 @@
       <x:c r="T340" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -21172,51 +21169,51 @@
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>614475</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>75</x:v>
@@ -21271,51 +21268,51 @@
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
@@ -21323,51 +21320,51 @@
       <x:c r="M347" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>488928</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
@@ -21640,51 +21637,51 @@
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>616115</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -22150,51 +22147,51 @@
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -22252,51 +22249,51 @@
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>551207</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -22769,395 +22766,398 @@
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>579683</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>579938</x:v>
+        <x:v>551217</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>524937</x:v>
+        <x:v>579683</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>825</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>524946</x:v>
+        <x:v>524937</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>551195</x:v>
+        <x:v>524946</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>551217</x:v>
+        <x:v>576833</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>576874</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>237</x:v>
@@ -23220,272 +23220,273 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>237</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>576833</x:v>
+        <x:v>577457</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>576808</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>126</x:v>
-[...1 lines deleted...]
-      <x:c r="C387" s="3" t="s"/>
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="C387" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>813</x:v>
-[...2 lines deleted...]
-        <x:v>814</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="J387" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>490425</x:v>
+        <x:v>546887</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>808</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>814</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>577457</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
@@ -23514,51 +23515,51 @@
       <x:c r="U389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -23568,189 +23569,189 @@
       <x:c r="T390" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>546879</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>597743</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
@@ -23772,95 +23773,95 @@
         <x:v>809</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>577478</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -23869,51 +23870,51 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>603664</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
@@ -23962,51 +23963,51 @@
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>490437</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>40</x:v>
@@ -24075,100 +24076,100 @@
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>551214</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>576554</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -24182,87 +24183,87 @@
         <x:v>809</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>579377</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
@@ -24331,155 +24332,155 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>576823</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>14421</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="Q407" s="4" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="R407" s="0" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>615177</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -24526,109 +24527,109 @@
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>579942</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>75</x:v>
@@ -24679,114 +24680,109 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>767</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>441</x:v>
-[...2 lines deleted...]
-        <x:v>291</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>546887</x:v>
+        <x:v>579938</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
@@ -24795,51 +24791,51 @@
       <x:c r="M414" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>536412</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24864,138 +24860,138 @@
       <x:c r="R415" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>580511</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -25216,51 +25212,51 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
@@ -25336,51 +25332,51 @@
       <x:c r="T424" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -25486,77 +25482,77 @@
       <x:c r="R427" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>611928</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>854</x:v>
@@ -25573,51 +25569,51 @@
       <x:c r="M429" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>560937</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
@@ -25647,51 +25643,51 @@
       <x:c r="T430" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -25748,128 +25744,128 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>576869</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>870</x:v>
@@ -26098,51 +26094,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>587347</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -26207,77 +26203,77 @@
       <x:c r="R441" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>551193</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>440</x:v>
@@ -26551,75 +26547,75 @@
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -26704,51 +26700,51 @@
       <x:c r="I451" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>576837</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -26759,51 +26755,51 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>576861</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>582</x:v>
@@ -26883,242 +26879,242 @@
         <x:v>809</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
@@ -27131,51 +27127,51 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -27533,51 +27529,51 @@
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
@@ -27742,51 +27738,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>572418</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
@@ -27855,133 +27851,133 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
@@ -28329,51 +28325,51 @@
       <x:c r="T482" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -28408,68 +28404,68 @@
         <x:v>905</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
@@ -28515,51 +28511,51 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>576848</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>506</x:v>
@@ -28597,51 +28593,51 @@
       <x:c r="U487" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -28651,51 +28647,51 @@
       <x:c r="T488" s="16" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -28703,73 +28699,73 @@
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>536395</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>440</x:v>
@@ -28847,51 +28843,51 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>551184</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
@@ -28949,100 +28945,100 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>551407</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>551304</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -29148,51 +29144,51 @@
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>564513</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>75</x:v>
@@ -29313,145 +29309,145 @@
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>571122</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>934</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>935</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>14406</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>936</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>935</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>937</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>616424</x:v>
+        <x:v>581290</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14406</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>581290</x:v>
+        <x:v>616424</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>