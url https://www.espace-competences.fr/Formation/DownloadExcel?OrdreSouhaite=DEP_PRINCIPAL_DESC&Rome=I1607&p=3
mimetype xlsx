--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -326,71 +326,86 @@
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sauvegarde 13</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance nautique</x:t>
@@ -440,65 +455,50 @@
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance nautique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
@@ -539,81 +539,81 @@
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseiller technique cycles (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien expert après-vente motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Bac + 2</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien cycles</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
@@ -2349,1779 +2349,1783 @@
       <x:c r="K22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>591315</x:v>
+        <x:v>591314</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>616828</x:v>
+        <x:v>591321</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>506210</x:v>
+        <x:v>591327</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>554264</x:v>
+        <x:v>591315</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>554270</x:v>
+        <x:v>616828</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C27" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591317</x:v>
+        <x:v>506210</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591322</x:v>
+        <x:v>554264</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C29" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>591333</x:v>
+        <x:v>554270</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>553216</x:v>
+        <x:v>591317</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604179</x:v>
+        <x:v>591322</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611628</x:v>
+        <x:v>591333</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>37670</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591308</x:v>
+        <x:v>553216</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C34" s="15" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>37670</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J34" s="14" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591310</x:v>
+        <x:v>604179</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591316</x:v>
+        <x:v>611628</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591331</x:v>
+        <x:v>591308</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="U36" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>554266</x:v>
+        <x:v>591310</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="L38" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="M38" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="N38" s="15" t="n">
+        <x:v>23635</x:v>
+      </x:c>
+      <x:c r="O38" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="S38" s="14" t="n">
+        <x:v>591316</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="L38" s="14" t="s">
-[...23 lines deleted...]
-      <x:c r="T38" s="16" t="s">
+      <x:c r="U38" s="16" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595657</x:v>
+        <x:v>591331</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>611627</x:v>
+        <x:v>554266</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39330</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>506202</x:v>
+        <x:v>580001</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>554267</x:v>
+        <x:v>595657</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>554269</x:v>
+        <x:v>611627</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>104</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>597096</x:v>
+        <x:v>506202</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591302</x:v>
+        <x:v>554267</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>39330</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591303</x:v>
+        <x:v>554269</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>37670</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591312</x:v>
+        <x:v>597096</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591313</x:v>
+        <x:v>591302</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>591318</x:v>
+        <x:v>591303</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>591325</x:v>
+        <x:v>591312</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>591326</x:v>
+        <x:v>591313</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U51" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>591314</x:v>
+        <x:v>591318</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="U52" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>591321</x:v>
+        <x:v>591325</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>591327</x:v>
+        <x:v>591326</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -4266,51 +4270,51 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>512515</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
@@ -4380,73 +4384,73 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>499003</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597098</x:v>
       </x:c>
@@ -4726,726 +4730,729 @@
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>558675</x:v>
+        <x:v>599640</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>549074</x:v>
+        <x:v>558675</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39330</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>599640</x:v>
+        <x:v>549074</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>39330</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>21011</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>512519</x:v>
+        <x:v>597097</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>597097</x:v>
+        <x:v>597100</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>597100</x:v>
+        <x:v>571472</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>571472</x:v>
+        <x:v>512519</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>40854</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
+      <x:c r="I72" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>608809</x:v>
+        <x:v>597099</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>36721</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
+      <x:c r="J73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>597099</x:v>
+        <x:v>549593</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>36721</x:v>
+        <x:v>40854</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>549593</x:v>
+        <x:v>608809</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37007</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>583830</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40854</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549627</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>558622</x:v>
       </x:c>
@@ -5458,51 +5465,51 @@
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>519389</x:v>
       </x:c>
@@ -5666,73 +5673,73 @@
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>547603</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>595658</x:v>
       </x:c>
@@ -5742,51 +5749,51 @@
       <x:c r="U82" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>558623</x:v>
       </x:c>
@@ -5799,51 +5806,51 @@
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>543671</x:v>
       </x:c>