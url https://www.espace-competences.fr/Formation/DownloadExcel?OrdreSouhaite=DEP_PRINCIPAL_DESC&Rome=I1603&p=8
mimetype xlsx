--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -4666,118 +4666,118 @@
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>602119</x:v>
+        <x:v>498984</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39330</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>558675</x:v>
+        <x:v>602119</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
@@ -4790,104 +4790,104 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>591519</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39327</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>498984</x:v>
+        <x:v>558675</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39283</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -7316,441 +7316,440 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>558620</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38191</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>566565</x:v>
+        <x:v>547621</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38191</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>514403</x:v>
+        <x:v>566565</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>39327</x:v>
+        <x:v>38191</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>493611</x:v>
+        <x:v>514403</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>206</x:v>
-[...1 lines deleted...]
-      <x:c r="C113" s="3" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="n">
+        <x:v>39327</x:v>
+      </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>21044</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>613059</x:v>
+        <x:v>543639</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>543639</x:v>
+        <x:v>558617</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>558617</x:v>
+        <x:v>493611</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="F116" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="G116" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>195</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>21011</x:v>
+        <x:v>21044</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>547621</x:v>
+        <x:v>613059</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38191</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>