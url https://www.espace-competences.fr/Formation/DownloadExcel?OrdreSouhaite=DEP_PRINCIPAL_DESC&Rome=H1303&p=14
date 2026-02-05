--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -404,68 +404,68 @@
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
   </x:si>
   <x:si>
-    <x:t>05/20/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
@@ -1262,156 +1262,156 @@
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la santé : technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bachelor européen Qualité Sécurité Environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien supérieur en radioprotection (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Commissariat à l'Energie Atomique et aux Energies Alternatives</x:t>
   </x:si>
   <x:si>
     <x:t>91400</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la radioprotection et de la sécurité nucléaire parcours contrôle des rayonnements ionisants et application des techniques de protection</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Améliorer sa démarche de gestion des entreprises extérieures - Plan de prévention - PRA006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité intervention extérieure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2024 00:00:00</x:t>
-[...23 lines deleted...]
-    <x:t>02/09/2026 00:00:00</x:t>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
@@ -3380,304 +3380,304 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>610798</x:v>
+        <x:v>586784</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610799</x:v>
+        <x:v>586785</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596697</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>586784</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>35368</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>586785</x:v>
+        <x:v>596697</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -4111,54 +4111,54 @@
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -4662,145 +4662,145 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>569653</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>42875</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>599871</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610774</x:v>
+        <x:v>599871</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -6208,54 +6208,54 @@
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>617045</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
@@ -10813,757 +10813,751 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>610789</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>398</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>523171</x:v>
+        <x:v>610728</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>591679</x:v>
+        <x:v>523171</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>591680</x:v>
+        <x:v>591679</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>403</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>12570</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>601752</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>37003</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24121</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>601291</x:v>
+        <x:v>601752</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35214</x:v>
+        <x:v>37003</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>509526</x:v>
+        <x:v>601291</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C168" s="15" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="n">
+        <x:v>35214</x:v>
+      </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="J168" s="14" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J168" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>613565</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>613571</x:v>
+        <x:v>613565</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>252</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>591907</x:v>
+        <x:v>613571</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>591909</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40109</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24121</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>575990</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>40331</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>576129</x:v>
+        <x:v>575990</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>581345</x:v>
+        <x:v>576129</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -11587,1011 +11581,1015 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="C176" s="15" t="s"/>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C176" s="15" t="n">
+        <x:v>40115</x:v>
+      </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>246</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J176" s="14" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="J176" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>42817</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>610728</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>574927</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>575001</x:v>
+        <x:v>613577</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C179" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="n">
+        <x:v>39517</x:v>
+      </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>613577</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>252</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42896</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>592167</x:v>
+        <x:v>591639</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>42896</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>591639</x:v>
+        <x:v>591677</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>591677</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>591707</x:v>
+        <x:v>608268</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>45</x:v>
-[...1 lines deleted...]
-      <x:c r="C184" s="15" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="n">
+        <x:v>35214</x:v>
+      </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J184" s="14" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J184" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>610790</x:v>
+        <x:v>546767</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>36480</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s"/>
+      <x:c r="E186" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J186" s="14" t="s"/>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="J186" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>610770</x:v>
+        <x:v>497981</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>35406</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>596713</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>216</x:v>
-[...1 lines deleted...]
-      <x:c r="C188" s="15" t="s"/>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C188" s="15" t="n">
+        <x:v>37003</x:v>
+      </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s"/>
+      <x:c r="E188" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>368</x:v>
-[...1 lines deleted...]
-      <x:c r="J188" s="14" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J188" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>616864</x:v>
+        <x:v>556027</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="C189" s="3" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="n">
+        <x:v>35406</x:v>
+      </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="J189" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>576684</x:v>
+        <x:v>596713</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>367</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>608268</x:v>
+        <x:v>616864</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>146</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>202</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>546767</x:v>
+        <x:v>576684</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>339</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>12578</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>497981</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>404</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>24121</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>556027</x:v>
+        <x:v>610770</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>41100</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12762,104 +12760,104 @@
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>613572</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
@@ -13021,51 +13019,51 @@
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>610769</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -13569,51 +13567,51 @@
       <x:c r="C212" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -13824,78 +13822,78 @@
         <x:v>235</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>615411</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>576406</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
@@ -14954,54 +14952,54 @@
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
@@ -15010,51 +15008,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
@@ -15211,371 +15209,372 @@
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>610760</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>339</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>12578</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>497982</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>36480</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
+      <x:c r="E245" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>592532</x:v>
+        <x:v>497982</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C246" s="15" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="n">
+        <x:v>40411</x:v>
+      </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J246" s="14" t="s"/>
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="J246" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>591670</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>610758</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -16912,51 +16911,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>75</x:v>
       </x:c>