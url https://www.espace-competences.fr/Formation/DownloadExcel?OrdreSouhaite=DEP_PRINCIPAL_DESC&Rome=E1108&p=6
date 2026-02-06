--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -242,71 +242,71 @@
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Langues</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traduction et interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention langues et sociétés</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
+    <x:t>Culture civilisation</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention langues et sociétés</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention arts, lettres et civilisations</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de compétence en langue des signes française</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des Signes Française Méditerranée</x:t>
@@ -539,78 +539,78 @@
   <x:si>
     <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction littéraire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction technique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - espagnol</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSF CYCLE A2</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
-    <x:t>LSF CYCLE A2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - italien</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
@@ -1404,258 +1404,258 @@
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>592087</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592053</x:v>
+        <x:v>591857</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="P7" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>591857</x:v>
+        <x:v>592053</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>588182</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39789</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="R9" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>592189</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
@@ -1884,51 +1884,51 @@
       <x:c r="G14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>575711</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
@@ -2891,105 +2891,105 @@
       <x:c r="G32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>575708</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
@@ -3165,51 +3165,51 @@
       <x:c r="G37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>575709</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
@@ -3681,51 +3681,51 @@
       <x:c r="G46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>575538</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -3797,51 +3797,51 @@
       <x:c r="G48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>575707</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
@@ -3854,51 +3854,51 @@
       <x:c r="G49" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>575710</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -3913,51 +3913,51 @@
       <x:c r="G50" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>575539</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4214,57 +4214,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>576088</x:v>
+        <x:v>576086</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4273,339 +4273,342 @@
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576107</x:v>
+        <x:v>576096</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576163</x:v>
+        <x:v>576104</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>160</x:v>
-[...4 lines deleted...]
-      <x:c r="D58" s="15" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
+      <x:c r="D58" s="15" t="n">
+        <x:v>5463</x:v>
+      </x:c>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15250</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>592392</x:v>
+        <x:v>576111</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
-      <x:c r="D59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="n">
+        <x:v>5463</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>599389</x:v>
+        <x:v>576167</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>15250</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>575782</x:v>
+        <x:v>599389</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>163</x:v>
-[...4 lines deleted...]
-      <x:c r="D61" s="3" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="n">
+        <x:v>5463</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>15254</x:v>
+        <x:v>15250</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>575788</x:v>
+        <x:v>576088</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -4614,289 +4617,287 @@
       <x:c r="K62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>576086</x:v>
+        <x:v>576107</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>576096</x:v>
+        <x:v>576163</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>71</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>40098</x:v>
+      </x:c>
+      <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>15250</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>576104</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>71</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="n">
+        <x:v>39173</x:v>
+      </x:c>
+      <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>15250</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>576111</x:v>
+        <x:v>575782</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>71</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="n">
+        <x:v>39173</x:v>
+      </x:c>
+      <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>15250</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>576167</x:v>
+        <x:v>575788</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>110</x:v>
@@ -4999,51 +5000,51 @@
       <x:c r="G69" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>575540</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -5254,82 +5255,82 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>576177</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">