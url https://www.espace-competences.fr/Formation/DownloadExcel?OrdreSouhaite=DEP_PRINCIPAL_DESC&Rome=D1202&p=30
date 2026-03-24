--- v1 (2026-03-24)
+++ v2 (2026-03-24)
@@ -329,80 +329,80 @@
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Privée des Arts de la Coiffure et de l'Esthétique Kupélian</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation coiffure coupe couleur (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Remise à niveau coiffure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BP coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation coiffure coupe couleur (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Coiffure - Remise à niveau</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>bac pro métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Perfectionnement coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ombre hair</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
@@ -752,92 +752,92 @@
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP la Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public sans emploi , Salarié de l'artisanat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -1028,155 +1028,155 @@
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Arles (Grille)</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Arles (Copernic)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Association Ecole de Coiffure Marseille Provence Arcole - CFA Coiffure MP Arcole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Métiers de la coiffure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP C Hugues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre National des Arts Techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Métiers de la coiffure</x:t>
-[...26 lines deleted...]
-    <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
+    <x:t>Formation Centre Delta-Infini</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation Centre Delta-Infini</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LP Phocea R Attoyan</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prothésiste capillaire homme</x:t>
   </x:si>
   <x:si>
     <x:t>H.K.S</x:t>
   </x:si>
   <x:si>
     <x:t>13190</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Formateur , Jeune 16-25 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
@@ -1406,54 +1406,54 @@
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>Extension de cheveux</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation - Coiffure Coupe Couleur (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
     <x:t>École Terrade Nice</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>IFI</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
@@ -3055,734 +3055,731 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>499324</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>616230</x:v>
+        <x:v>555611</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>560670</x:v>
+        <x:v>495693</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>555125</x:v>
+        <x:v>495713</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>555611</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>495693</x:v>
+        <x:v>544966</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>495713</x:v>
+        <x:v>616230</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>501896</x:v>
+        <x:v>566432</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C26" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>552743</x:v>
+        <x:v>566770</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>552755</x:v>
+        <x:v>552743</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>566437</x:v>
+        <x:v>552755</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>544964</x:v>
+        <x:v>555125</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>560672</x:v>
+        <x:v>560670</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3803,377 +3800,380 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>581836</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>594233</x:v>
+        <x:v>566437</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549474</x:v>
+        <x:v>544964</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>544966</x:v>
+        <x:v>560672</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>566432</x:v>
+        <x:v>594233</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C36" s="15" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="n">
+        <x:v>37528</x:v>
+      </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J36" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>566770</x:v>
+        <x:v>501896</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>581580</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4194,51 +4194,51 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>597074</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>51</x:v>
@@ -4310,51 +4310,51 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>549460</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
@@ -4405,54 +4405,54 @@
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>566433</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4470,151 +4470,151 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>564180</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>549483</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>575094</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4694,51 +4694,51 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>600290</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4911,54 +4911,54 @@
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>566434</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -4967,59 +4967,59 @@
       <x:c r="M52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>566762</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42050</x:v>
@@ -5209,51 +5209,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>552708</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
@@ -5385,54 +5385,54 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>501905</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>51</x:v>
@@ -5791,51 +5791,51 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>549482</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>51</x:v>
@@ -6028,51 +6028,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>599117</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>51</x:v>
@@ -6300,51 +6300,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>566465</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6638,51 +6638,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>566411</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6692,51 +6692,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>591301</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6879,51 +6879,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>497947</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -7346,51 +7346,51 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>599119</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -8167,51 +8167,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>602588</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8397,98 +8397,98 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>599195</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>574097</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8509,51 +8509,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>547137</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
@@ -9407,51 +9407,51 @@
       <x:c r="L129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>564607</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
@@ -9990,51 +9990,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>554976</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
@@ -10798,51 +10798,51 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>571132</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>41</x:v>
@@ -11149,51 +11149,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601415</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -11326,51 +11326,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>553226</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
@@ -12595,95 +12595,95 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>523530</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>574303</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -13207,51 +13207,51 @@
       <x:c r="L195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>554970</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -13485,1717 +13485,1721 @@
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>606666</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C201" s="3" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>620222</x:v>
+        <x:v>601619</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>502140</x:v>
+        <x:v>553277</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>617541</x:v>
+        <x:v>553707</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>601623</x:v>
+        <x:v>620222</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>553243</x:v>
+        <x:v>502140</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>553198</x:v>
+        <x:v>617541</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>604825</x:v>
+        <x:v>601623</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>601619</x:v>
+        <x:v>553243</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>553277</x:v>
+        <x:v>553198</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>553707</x:v>
+        <x:v>604825</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>547150</x:v>
+        <x:v>604158</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>547151</x:v>
+        <x:v>594237</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>511045</x:v>
+        <x:v>554979</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>454949</x:v>
+        <x:v>554981</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="C215" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>599186</x:v>
+        <x:v>606667</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>599191</x:v>
+        <x:v>606670</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>502184</x:v>
+        <x:v>599186</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>620339</x:v>
+        <x:v>599191</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>604821</x:v>
+        <x:v>620339</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>496154</x:v>
+        <x:v>502184</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>594237</x:v>
+        <x:v>604821</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s"/>
+      <x:c r="E222" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>554979</x:v>
+        <x:v>496154</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>554981</x:v>
+        <x:v>511045</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>606667</x:v>
+        <x:v>454949</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="C225" s="3" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>606670</x:v>
+        <x:v>547150</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>553195</x:v>
+        <x:v>547151</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>604820</x:v>
+        <x:v>553195</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>604857</x:v>
+        <x:v>604820</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>601998</x:v>
+        <x:v>604857</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -15218,51 +15222,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>554400</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
@@ -15278,218 +15282,218 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>604190</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>546818</x:v>
+        <x:v>554471</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>624132</x:v>
+        <x:v>546818</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>554471</x:v>
+        <x:v>624132</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -15938,90 +15942,87 @@
       <x:c r="S242" s="14" t="n">
         <x:v>604104</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>604158</x:v>
+        <x:v>601998</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -16145,51 +16146,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>606660</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16258,51 +16259,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>588530</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -16312,51 +16313,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>571138</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -16701,51 +16702,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>613496</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>51</x:v>
@@ -17030,51 +17031,51 @@
       <x:c r="M262" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>618142</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
@@ -17082,51 +17083,51 @@
       <x:c r="M263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>618143</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
@@ -17138,51 +17139,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>624138</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -17847,4370 +17848,4370 @@
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>504824</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
+      <x:c r="E277" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>566991</x:v>
+        <x:v>609248</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="Q278" s="16" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="R278" s="14" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="S278" s="14" t="n">
+        <x:v>566991</x:v>
+      </x:c>
+      <x:c r="T278" s="16" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="U278" s="16" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="Q279" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="R279" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="Q279" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>567079</x:v>
+        <x:v>567064</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
-      <x:c r="E280" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>611618</x:v>
+        <x:v>567079</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>606031</x:v>
+        <x:v>611618</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>606032</x:v>
+        <x:v>606031</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>606036</x:v>
+        <x:v>606032</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>606039</x:v>
+        <x:v>606036</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>549182</x:v>
+        <x:v>606039</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>554399</x:v>
+        <x:v>549182</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>609248</x:v>
+        <x:v>554399</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="U287" s="4" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>609221</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>600545</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>600562</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>612740</x:v>
+        <x:v>491851</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
-      <x:c r="E292" s="14" t="s"/>
+      <x:c r="E292" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>612749</x:v>
+        <x:v>572440</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C293" s="3" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C293" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D293" s="3" t="s"/>
+      <x:c r="E293" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="J293" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>619142</x:v>
+        <x:v>555012</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s"/>
+      <x:c r="E294" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>540875</x:v>
+        <x:v>598908</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
+      <x:c r="E295" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>540878</x:v>
+        <x:v>598911</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s"/>
+      <x:c r="E296" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>491851</x:v>
+        <x:v>611613</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>611613</x:v>
+        <x:v>606008</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>606008</x:v>
+        <x:v>606043</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>606043</x:v>
+        <x:v>554466</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>582026</x:v>
+        <x:v>554545</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
+      <x:c r="E301" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>583376</x:v>
+        <x:v>493138</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>614583</x:v>
+        <x:v>540875</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>614593</x:v>
+        <x:v>540878</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>614594</x:v>
+        <x:v>594234</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>37963</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
+      <x:c r="E305" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>614596</x:v>
+        <x:v>554418</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>594234</x:v>
+        <x:v>612515</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>612515</x:v>
+        <x:v>566987</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>572440</x:v>
+        <x:v>567047</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>555012</x:v>
+        <x:v>567067</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>598908</x:v>
+        <x:v>567082</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
-      <x:c r="E311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>598911</x:v>
+        <x:v>582026</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
-      <x:c r="E312" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H312" s="14" t="s"/>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>609229</x:v>
+        <x:v>583376</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
-      <x:c r="E313" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>609265</x:v>
+        <x:v>614583</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
-      <x:c r="E314" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>549152</x:v>
+        <x:v>614593</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
-      <x:c r="E315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>549155</x:v>
+        <x:v>614594</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>549181</x:v>
+        <x:v>614596</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
-      <x:c r="E317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>454657</x:v>
+        <x:v>612740</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>339</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>584160</x:v>
+        <x:v>612749</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
-      <x:c r="E319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>554418</x:v>
+        <x:v>619142</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>504818</x:v>
+        <x:v>523502</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>504819</x:v>
+        <x:v>600352</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>314</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>504825</x:v>
+        <x:v>496906</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>504826</x:v>
+        <x:v>600560</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>600352</x:v>
+        <x:v>611606</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>496906</x:v>
+        <x:v>606009</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>600560</x:v>
+        <x:v>606015</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>611606</x:v>
+        <x:v>606030</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>606009</x:v>
+        <x:v>606033</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>606015</x:v>
+        <x:v>606037</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>606030</x:v>
+        <x:v>606053</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>606033</x:v>
+        <x:v>602407</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>606037</x:v>
+        <x:v>566985</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
-      <x:c r="E333" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>606053</x:v>
+        <x:v>567043</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
-      <x:c r="E334" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>602407</x:v>
+        <x:v>551762</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>566985</x:v>
+        <x:v>614574</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>567043</x:v>
+        <x:v>614579</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>551762</x:v>
+        <x:v>614592</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>614574</x:v>
+        <x:v>609229</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
+      <x:c r="E339" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>614579</x:v>
+        <x:v>609265</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s"/>
+      <x:c r="E340" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>614592</x:v>
+        <x:v>549152</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
+      <x:c r="E341" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>612746</x:v>
+        <x:v>549155</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C342" s="15" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C342" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s"/>
+      <x:c r="E342" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="J342" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J342" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>619141</x:v>
+        <x:v>549181</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
+      <x:c r="E343" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>573958</x:v>
+        <x:v>454657</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s"/>
+      <x:c r="E344" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>523502</x:v>
+        <x:v>584160</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
+      <x:c r="E345" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>566987</x:v>
+        <x:v>504818</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s"/>
+      <x:c r="E346" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>567047</x:v>
+        <x:v>504819</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
+      <x:c r="E347" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>567067</x:v>
+        <x:v>504825</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s"/>
+      <x:c r="E348" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>567082</x:v>
+        <x:v>504826</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
-      <x:c r="E349" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>493138</x:v>
+        <x:v>594236</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>594236</x:v>
+        <x:v>612746</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
-      <x:c r="E351" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>554466</x:v>
+        <x:v>619141</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>554545</x:v>
+        <x:v>573958</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -22285,97 +22286,97 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>551753</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>594239</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22624,135 +22625,135 @@
       <x:c r="S360" s="14" t="n">
         <x:v>568288</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>597077</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>597079</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
@@ -23050,230 +23051,230 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>606013</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>606014</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>606041</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>606044</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
@@ -23391,51 +23392,51 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>567086</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
@@ -23477,82 +23478,82 @@
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>569933</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>577441</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -23599,78 +23600,78 @@
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>548589</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -23867,51 +23868,51 @@
       <x:c r="M382" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>609246</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24001,78 +24002,78 @@
       <x:c r="S384" s="14" t="n">
         <x:v>549184</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>532862</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
@@ -24456,51 +24457,51 @@
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>568289</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42050</x:v>
@@ -24546,122 +24547,122 @@
         <x:v>71</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>587712</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>612745</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>51</x:v>
@@ -24782,142 +24783,142 @@
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>597089</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>492699</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>595145</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
@@ -24992,57 +24993,57 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>506100</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -25172,51 +25173,51 @@
       <x:c r="L405" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>612514</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -25229,51 +25230,51 @@
       <x:c r="L406" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>614571</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25283,115 +25284,115 @@
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>614580</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>614597</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42050</x:v>
@@ -25412,76 +25413,76 @@
         <x:v>594235</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>555009</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
@@ -25509,107 +25510,107 @@
       <x:c r="M411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>598906</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -25625,103 +25626,103 @@
       <x:c r="M413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>559103</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>498193</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -26033,51 +26034,51 @@
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>609249</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -26194,57 +26195,57 @@
       <x:c r="G423" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>549160</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -26310,63 +26311,63 @@
       <x:c r="G425" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>554407</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
@@ -26384,220 +26385,220 @@
       <x:c r="M426" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>554463</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>554469</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>548602</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>548624</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -26606,108 +26607,108 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>609266</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>498248</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
@@ -26795,51 +26796,51 @@
       <x:c r="M433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>548811</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26849,51 +26850,51 @@
       <x:c r="L434" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>614569</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26906,51 +26907,51 @@
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>614584</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>205</x:v>
@@ -26964,51 +26965,51 @@
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>454948</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -27145,54 +27146,54 @@
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>555007</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>51</x:v>
@@ -27239,57 +27240,57 @@
       <x:c r="G441" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>504764</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -27298,108 +27299,108 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>554468</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>611609</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
@@ -27447,81 +27448,81 @@
       <x:c r="S444" s="14" t="n">
         <x:v>495210</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>571477</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -27542,51 +27543,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>609219</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -27646,57 +27647,57 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>609250</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -27842,51 +27843,51 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>549187</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -27950,59 +27951,59 @@
       <x:c r="M453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>554402</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -28143,93 +28144,93 @@
       <x:c r="S456" s="14" t="n">
         <x:v>504821</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>584163</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>304</x:v>
@@ -28288,57 +28289,57 @@
       <x:c r="G459" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>504788</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
@@ -28470,210 +28471,210 @@
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>554415</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>566986</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>566993</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>567039</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
@@ -28816,51 +28817,51 @@
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>572426</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>51</x:v>
@@ -28973,51 +28974,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>614591</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -29030,51 +29031,51 @@
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>614595</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -29185,176 +29186,176 @@
       <x:c r="G475" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>612513</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>498252</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>498211</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
@@ -29418,57 +29419,57 @@
       <x:c r="G479" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>609251</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -29477,171 +29478,171 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>549185</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>549190</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>612751</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -30166,167 +30167,167 @@
       <x:c r="M492" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>606005</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>606010</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>606011</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30339,51 +30340,51 @@
       <x:c r="M495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>606029</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -30398,108 +30399,108 @@
       <x:c r="M496" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>606034</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>606038</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
@@ -30514,105 +30515,105 @@
       <x:c r="M498" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>554462</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>554543</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -30744,108 +30745,108 @@
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>606004</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>606040</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30912,51 +30913,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>568282</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>71</x:v>
@@ -31027,104 +31028,104 @@
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>609220</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>549159</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -31190,170 +31191,170 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>549186</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>532858</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>611608</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
@@ -31445,100 +31446,100 @@
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>547790</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>566992</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31548,51 +31549,51 @@
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>614585</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -31667,96 +31668,96 @@
       <x:c r="M518" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>494870</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>567041</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -31856,76 +31857,76 @@
         <x:v>572425</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>498256</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
@@ -31950,51 +31951,51 @@
       <x:c r="L523" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>598840</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
@@ -32054,57 +32055,57 @@
       <x:c r="G525" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>504779</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -32170,57 +32171,57 @@
       <x:c r="G527" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>504787</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
@@ -32351,51 +32352,51 @@
       <x:c r="M530" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>618132</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -32509,57 +32510,57 @@
       <x:c r="G533" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>506038</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -32591,85 +32592,85 @@
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>506078</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>555013</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
@@ -32880,51 +32881,51 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>555001</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -32949,75 +32950,75 @@
       <x:c r="S540" s="14" t="n">
         <x:v>555008</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>555010</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
@@ -33047,51 +33048,51 @@
       <x:c r="M542" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>606006</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -33112,51 +33113,51 @@
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>606007</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -33171,85 +33172,85 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>606042</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>606046</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
@@ -33264,51 +33265,51 @@
         <x:v>299</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>554537</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
@@ -33321,51 +33322,51 @@
       <x:c r="G547" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>554546</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
@@ -33380,114 +33381,114 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>549153</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>549156</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -33610,120 +33611,120 @@
         <x:v>132</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>612747</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>598910</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
@@ -33970,51 +33971,51 @@
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>609228</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
@@ -34030,51 +34031,51 @@
       <x:c r="M559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>546534</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>402</x:v>
@@ -34679,51 +34680,51 @@
       <x:c r="M570" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>599058</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -34794,51 +34795,51 @@
       <x:c r="L572" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>459192</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35194,51 +35195,51 @@
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>554408</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
@@ -35363,51 +35364,51 @@
       <x:c r="M582" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>613849</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35719,51 +35720,51 @@
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>544986</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>41</x:v>
@@ -36126,51 +36127,51 @@
       <x:c r="M595" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>605601</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
@@ -36193,51 +36194,51 @@
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>599066</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>42050</x:v>
@@ -36345,51 +36346,51 @@
       <x:c r="M599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>614274</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
@@ -36922,51 +36923,51 @@
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>609218</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
@@ -36984,51 +36985,51 @@
       <x:c r="M610" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>601139</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37386,51 +37387,51 @@
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>601073</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>314</x:v>
@@ -37450,51 +37451,51 @@
       <x:c r="M618" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>605609</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -37569,1370 +37570,1365 @@
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>564402</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
-      <x:c r="E621" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>601094</x:v>
+        <x:v>595321</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
-      <x:c r="E622" s="14" t="s"/>
+      <x:c r="E622" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>620508</x:v>
+        <x:v>601094</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>597086</x:v>
+        <x:v>620508</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
-      <x:c r="E624" s="14" t="s"/>
+      <x:c r="E624" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H624" s="14" t="s"/>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="H624" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
       <x:c r="I624" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>567085</x:v>
+        <x:v>515501</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
+      <x:c r="E625" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="H625" s="0" t="s">
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>523528</x:v>
+        <x:v>515512</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
-      <x:c r="E626" s="14" t="s"/>
+      <x:c r="E626" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>609616</x:v>
+        <x:v>601093</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
+      <x:c r="E627" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H627" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>609678</x:v>
+        <x:v>608277</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>609683</x:v>
+        <x:v>610017</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
+      <x:c r="E629" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>610017</x:v>
+        <x:v>544987</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
-      <x:c r="E630" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>544987</x:v>
+        <x:v>579809</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>579809</x:v>
+        <x:v>567095</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
-      <x:c r="E632" s="14" t="s"/>
+      <x:c r="E632" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>567095</x:v>
+        <x:v>601127</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>601127</x:v>
+        <x:v>496793</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H634" s="14" t="s"/>
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="H634" s="14" t="s">
+        <x:v>314</x:v>
+      </x:c>
       <x:c r="I634" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>496793</x:v>
+        <x:v>615512</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>615512</x:v>
+        <x:v>553293</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I636" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>553293</x:v>
+        <x:v>553303</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
-      <x:c r="E637" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>553303</x:v>
+        <x:v>523528</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
-      <x:c r="E638" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>424</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>515501</x:v>
+        <x:v>597086</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
-      <x:c r="E639" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>424</x:v>
-[...2 lines deleted...]
-        <x:v>425</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>515512</x:v>
+        <x:v>609616</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
-      <x:c r="E640" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>601093</x:v>
+        <x:v>609678</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
-      <x:c r="E641" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>608277</x:v>
+        <x:v>609683</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
-      <x:c r="E642" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H642" s="14" t="s"/>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="H642" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
       <x:c r="I642" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>506080</x:v>
+        <x:v>459053</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
-      <x:c r="E643" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>601334</x:v>
+        <x:v>567085</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
@@ -38944,51 +38940,51 @@
       <x:c r="L644" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>601130</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="E645" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
@@ -39009,279 +39005,279 @@
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>601140</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>87</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
-      <x:c r="E646" s="14" t="s"/>
-      <x:c r="F646" s="14" t="s"/>
+      <x:c r="E646" s="14" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F646" s="14" t="s">
+        <x:v>378</x:v>
+      </x:c>
       <x:c r="G646" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>459053</x:v>
+        <x:v>583966</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
-      <x:c r="E647" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>450</x:v>
-[...2 lines deleted...]
-        <x:v>451</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>583966</x:v>
+        <x:v>620507</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
-      <x:c r="E648" s="14" t="s"/>
+      <x:c r="E648" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>620507</x:v>
+        <x:v>506080</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
+      <x:c r="E649" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>595321</x:v>
+        <x:v>601334</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
@@ -39296,51 +39292,51 @@
       <x:c r="M650" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>496739</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -39353,394 +39349,394 @@
       <x:c r="M651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>609244</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
-      <x:c r="E652" s="14" t="s"/>
+      <x:c r="E652" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>567100</x:v>
+        <x:v>546569</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>521661</x:v>
+        <x:v>567100</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
-      <x:c r="E654" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>568469</x:v>
+        <x:v>521661</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
-        <x:v>599059</x:v>
+        <x:v>568469</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>599065</x:v>
+        <x:v>599059</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
-        <x:v>546569</x:v>
+        <x:v>599065</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I658" s="16" t="s">
         <x:v>71</x:v>
@@ -39765,172 +39761,172 @@
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>604241</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>502016</x:v>
+        <x:v>552884</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I660" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>552884</x:v>
+        <x:v>502016</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>28</x:v>
@@ -40056,51 +40052,51 @@
       <x:c r="L663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>454950</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s">
         <x:v>70</x:v>
@@ -40293,59 +40289,59 @@
       <x:c r="M667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>618129</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I668" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
@@ -40604,51 +40600,51 @@
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>498554</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>51</x:v>
@@ -40718,51 +40714,51 @@
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>543684</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>42050</x:v>
@@ -40874,51 +40870,51 @@
       <x:c r="M677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>616265</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>71</x:v>
@@ -41000,51 +40996,51 @@
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>495286</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
@@ -41061,51 +41057,51 @@
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>604766</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>42050</x:v>
@@ -41631,51 +41627,51 @@
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>454951</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -41699,626 +41695,627 @@
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>552832</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
-      <x:c r="E692" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>552813</x:v>
+        <x:v>543683</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
+      <x:c r="E693" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>597082</x:v>
+        <x:v>605972</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
-      <x:c r="E694" s="14" t="s"/>
+      <x:c r="E694" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>464</x:v>
-[...1 lines deleted...]
-      <x:c r="H694" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>543683</x:v>
+        <x:v>552813</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
-      <x:c r="E695" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>605972</x:v>
+        <x:v>557688</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>557688</x:v>
+        <x:v>597082</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>502320</x:v>
+        <x:v>552787</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>544944</x:v>
+        <x:v>605948</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="E699" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>544947</x:v>
+        <x:v>502320</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>552787</x:v>
+        <x:v>544944</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="E701" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>605948</x:v>
+        <x:v>544947</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">