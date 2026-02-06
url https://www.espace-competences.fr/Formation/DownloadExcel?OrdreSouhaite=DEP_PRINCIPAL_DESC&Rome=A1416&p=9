--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -380,83 +380,83 @@
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
+    <x:t>Ouvrier en entreprise de sélection de semences agricoles (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etablissement Public Local d'Enseignement et de Formation Professionnelle Agricoles Louis Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPLEFPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
-    <x:t>Ouvrier en entreprise de sélection de semences agricoles (POEC)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Stage en exploitation agricole - Plan de Professionnalisation Personnalisé (PPP)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
@@ -659,77 +659,77 @@
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA agronomie et cultures durables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien entrepreneur en agriculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA agronomie et cultures durables</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Compétences climat : agroécologie et adaptation aux changements</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC06 Transformer la production animale ou végétale, ou mettre en œuvre une activité ou une prestation de service, ou réaliser les opérations de conduite d'un atelier de production animale ou végétale</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
@@ -770,54 +770,54 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>Stage installation en agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée agricole Carmejane - Maurice Plantier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Digne Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>CARMEJANE-LE CHAFFAUT</x:t>
   </x:si>
@@ -2615,282 +2615,280 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>496397</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592188</x:v>
+        <x:v>605829</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>605829</x:v>
+        <x:v>516901</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="F24" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F24" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="G24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>21022</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>516901</x:v>
+        <x:v>599078</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>39836</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>599078</x:v>
+        <x:v>592188</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4485,51 +4483,51 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>596657</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
@@ -4539,521 +4537,522 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592187</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>596453</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>512505</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37612</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>607246</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>558679</x:v>
+        <x:v>605819</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>37612</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596453</x:v>
+        <x:v>506312</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37612</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>506312</x:v>
+        <x:v>512505</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>37612</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>599636</x:v>
+        <x:v>607246</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>605819</x:v>
+        <x:v>558679</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>207</x:v>
@@ -6010,218 +6009,216 @@
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>584302</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s"/>
+      <x:c r="E80" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="J80" s="14" t="s"/>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>21060</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>615122</x:v>
+        <x:v>496401</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>496401</x:v>
+        <x:v>596660</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21060</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>596660</x:v>
+        <x:v>615122</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -6334,51 +6331,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21060</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>602668</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
@@ -6653,51 +6650,51 @@
       <x:c r="R90" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>496393</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41658</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>