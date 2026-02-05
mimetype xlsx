--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -323,78 +323,78 @@
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro conduite de productions horticoles (arbres, arbustes, fruits, fleurs, légumes)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation élevage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation polyculture (Apprentissage)</x:t>
   </x:si>
@@ -2347,340 +2347,340 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>498354</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>496541</x:v>
+        <x:v>548850</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>554258</x:v>
+        <x:v>548851</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>554259</x:v>
+        <x:v>496541</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>548850</x:v>
+        <x:v>554258</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>548851</x:v>
+        <x:v>554259</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2753,51 +2753,51 @@
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>548669</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2855,57 +2855,57 @@
       <x:c r="H29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>549890</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2916,57 +2916,57 @@
       <x:c r="H30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>605887</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -3029,190 +3029,190 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>611632</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>611631</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>506227</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
@@ -4536,224 +4536,224 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>600441</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595399</x:v>
+        <x:v>512502</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>512502</x:v>
+        <x:v>512511</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>512511</x:v>
+        <x:v>595399</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5299,165 +5299,165 @@
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>583523</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>40523</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
-        <x:v>129</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>583525</x:v>
+        <x:v>605890</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F72" s="14" t="s"/>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F72" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="G72" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>605890</x:v>
+        <x:v>583525</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41072</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -5875,51 +5875,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>548668</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -6175,285 +6175,285 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>595404</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>497183</x:v>
+        <x:v>605889</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605889</x:v>
+        <x:v>497183</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>31694</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>445802</x:v>
+        <x:v>545520</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38881</x:v>
+        <x:v>31694</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>545520</x:v>
+        <x:v>445802</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>180</x:v>