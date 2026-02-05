--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -542,117 +542,117 @@
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performance au féminin : entraînements et nutrition optimisés</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Plongée subaquatique - Guide de palanquée (N4)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
   </x:si>
   <x:si>
-    <x:t>Plongée subaquatique - Guide de palanquée (N4)</x:t>
+    <x:t>Aqualonde Plongée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA LONDE-LES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formapoledance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In Da House</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formapoledance - Module avancé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2590,764 +2590,767 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>588137</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>15084</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>608608</x:v>
+        <x:v>589568</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>15477</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>589568</x:v>
+        <x:v>557376</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>15477</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>557376</x:v>
+        <x:v>557383</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>15477</x:v>
+        <x:v>15480</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>557383</x:v>
+        <x:v>615130</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>15084</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>576275</x:v>
+        <x:v>608608</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="n">
+        <x:v>38700</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>15480</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>615130</x:v>
+        <x:v>576275</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="J34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595432</x:v>
+        <x:v>616072</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45071</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>543817</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45071</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>548442</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>616070</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>616073</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>35946</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>616072</x:v>
+        <x:v>595432</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>616071</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>