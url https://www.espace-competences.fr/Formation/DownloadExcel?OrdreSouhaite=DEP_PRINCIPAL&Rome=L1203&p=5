--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -449,126 +449,126 @@
   <x:si>
     <x:t>Acquérir les compétences nécessaires pour réussir ses castings</x:t>
   </x:si>
   <x:si>
     <x:t>Patrick Mimoun Organisation</x:t>
   </x:si>
   <x:si>
     <x:t>PMO</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'acteur co-dirigé par les réalisateurs Amélie Bonnin et Dimitri Lucas</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les débuts de l'acteur face caméra : bases du jeu et pratiques professionnelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utopies et dystopies dans la chansons et la comédie musicale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leda Atomica Musique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement professionnel et personnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2032 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La voix à l'image : méthodes et techniques de doublage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'acteur face à des réalisateurs, directeurs de casting et agent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atelier MasterCast</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>DEUST arts, lettres, langues spécialité formation de base aux métiers du théâtre</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Chemins du libre acteur : fondamentaux du jeu organique</x:t>
   </x:si>
   <x:si>
     <x:t>Libre Acteur</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MURS ERIGNE</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
@@ -2740,465 +2740,466 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>614712</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>587196</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>587196</x:v>
+        <x:v>615036</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>15054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>615036</x:v>
+        <x:v>460859</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>15054</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="R32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>460859</x:v>
+        <x:v>606348</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>40470</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>606348</x:v>
+        <x:v>592521</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592521</x:v>
+        <x:v>501913</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>501913</x:v>
+        <x:v>598275</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="C36" s="15" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="n">
+        <x:v>2911</x:v>
+      </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="S36" s="14" t="n">
+        <x:v>596501</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U36" s="16" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
@@ -3272,72 +3273,72 @@
         <x:v>157</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>613987</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>614191</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
@@ -3476,72 +3477,72 @@
         <x:v>162</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>606790</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>614212</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
@@ -3578,125 +3579,125 @@
         <x:v>162</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>615285</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>614204</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>614209</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>182</x:v>
@@ -4021,51 +4022,51 @@
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>592273</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
@@ -4074,51 +4075,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>594038</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
@@ -4280,51 +4281,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>609794</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
@@ -4382,51 +4383,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597207</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>