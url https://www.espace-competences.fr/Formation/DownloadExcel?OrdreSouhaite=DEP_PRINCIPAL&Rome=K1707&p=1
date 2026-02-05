--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -176,159 +176,159 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Opérateur en vidéoprotection</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>préparation au concours d'entrée de l'École nationale supérieure de la police (commissaire ou officier)</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Police</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>France Travail</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>IESC</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Opérateur en Vidéoprotection et Télésurveillance ( TP OVT)</x:t>
   </x:si>
   <x:si>
     <x:t>SEILLONS-SOURCE-D'ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
@@ -1014,206 +1014,207 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>599957</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C4" s="15" t="n">
+        <x:v>37879</x:v>
+      </x:c>
+      <x:c r="D4" s="15" t="s"/>
+      <x:c r="E4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C4" s="15" t="n">
-[...4 lines deleted...]
-      <x:c r="F4" s="14" t="s"/>
+      <x:c r="F4" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G4" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H4" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H4" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I4" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>601290</x:v>
+        <x:v>612809</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C5" s="3" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>37737</x:v>
+      </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>42837</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="P5" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>595528</x:v>
+        <x:v>601290</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="14" t="s"/>
+      <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H6" s="14" t="s">
+      <x:c r="H6" s="14" t="s"/>
+      <x:c r="I6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="I6" s="16" t="s">
+      <x:c r="J6" s="14" t="s"/>
+      <x:c r="K6" s="14" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>612809</x:v>
+        <x:v>595528</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -1348,153 +1349,153 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>608531</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597887</x:v>
+        <x:v>597891</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>597891</x:v>
+        <x:v>597887</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -1528,118 +1529,118 @@
       <x:c r="R12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>608532</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>581450</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>82</x:v>
       </x:c>