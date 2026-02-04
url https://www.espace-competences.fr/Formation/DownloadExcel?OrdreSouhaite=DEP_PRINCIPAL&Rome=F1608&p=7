--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -2132,158 +2132,157 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>548198</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22440</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>603200</x:v>
+        <x:v>606814</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>39328</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22440</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>606814</x:v>
+        <x:v>603200</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39328</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4814,209 +4813,211 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>610881</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>22440</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>548312</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>610931</x:v>
+        <x:v>458415</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="C65" s="3" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="n">
+        <x:v>38230</x:v>
+      </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22440</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>458415</x:v>
+        <x:v>548312</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>58</x:v>
@@ -5995,158 +5996,157 @@
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>590242</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="C84" s="15" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="n">
+        <x:v>38230</x:v>
+      </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="J84" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J84" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22303</x:v>
+        <x:v>22440</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>614891</x:v>
+        <x:v>503315</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>22440</x:v>
+        <x:v>22303</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>503315</x:v>
+        <x:v>614891</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>