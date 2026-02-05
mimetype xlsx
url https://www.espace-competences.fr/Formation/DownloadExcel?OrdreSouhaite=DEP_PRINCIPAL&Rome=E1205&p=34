--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -713,158 +713,158 @@
   <x:si>
     <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>Skillers - Métiers de l'informatique et du développement web</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
   </x:si>
   <x:si>
     <x:t>Naias Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Procreate maîtrise complète (fondamentaux + perfectionnement)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert du design numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Créer son site avec WordPress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delivery Digital Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sketchup Pro : Initiation + Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel SketchUp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUP'DE COM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDRAC BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directeur artistique de projets en communication visuelle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bootstrap 5</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Bootstrap</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet digitaux spécialisation chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Directeur artistique de projets en communication visuelle (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor 1 - 3D, animation, jeux vidéo et technologies immersives</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer graphique</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel graphiste</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>DN MADE mention numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>Jeu vidéo</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 3 Réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projets audiovisuels</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
@@ -2111,146 +2111,146 @@
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ri7</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en conception et production de film d’animation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Condé Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>illustration et art digital</x:t>
+  </x:si>
+  <x:si>
     <x:t>Journaliste web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert du design numérique spécialisation design graphique et numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zbrush : sculpture numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arts graphiques Illustration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mjm Graphic Design Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiation mise en scène intimité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques de réalisation audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">concepteur 3D animation VFX jeux vidéo </x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert en conception, réalisation et animation 3D</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option design</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en gouvernance de la cybersécurité (Apprentissage)</x:t>
@@ -2744,78 +2744,78 @@
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro - Les essentiels</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
+    <x:t>05/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention création numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>After Effects CC 2022 - Initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel traitement image</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Var - Antenne Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Forma Var - Antenne Formaplus</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention création numérique</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>05/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Blender</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Blender</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et gérer moi-même le site internet de mon entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
@@ -6295,1030 +6295,1027 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>616667</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>567241</x:v>
+        <x:v>609011</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>214</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>39855</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>71904</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>608215</x:v>
+        <x:v>592395</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>601680</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>217</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>549694</x:v>
+        <x:v>517855</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>45027</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>614354</x:v>
+        <x:v>505621</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>572509</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>41125</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>572510</x:v>
+        <x:v>592832</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>39251</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>616374</x:v>
+        <x:v>614354</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="C61" s="3" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>616470</x:v>
+        <x:v>559215</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37817</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>597139</x:v>
+        <x:v>567241</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>71904</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>614723</x:v>
+        <x:v>608215</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>37662</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="J64" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>517855</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>237</x:v>
-[...1 lines deleted...]
-      <x:c r="C65" s="3" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="n">
+        <x:v>35541</x:v>
+      </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>505621</x:v>
+        <x:v>549694</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>613735</x:v>
+        <x:v>572509</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>41125</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="S67" s="0" t="n">
+        <x:v>572510</x:v>
+      </x:c>
+      <x:c r="T67" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>248</x:v>
-[...1 lines deleted...]
-      <x:c r="C68" s="15" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="J68" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>609011</x:v>
+        <x:v>616374</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592395</x:v>
+        <x:v>616470</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>37817</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>559215</x:v>
+        <x:v>597139</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36949</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -7975,72 +7972,72 @@
         <x:v>174</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615571</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>71140</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>505743</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
@@ -8793,76 +8790,76 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>595593</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>587731</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
@@ -9048,51 +9045,51 @@
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592172</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -9799,51 +9796,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>613707</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
@@ -9939,51 +9936,51 @@
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>609708</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -10241,85 +10238,85 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>554178</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>592833</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
@@ -10393,54 +10390,54 @@
       <x:c r="L126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>572511</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10781,51 +10778,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>613710</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -10853,78 +10850,78 @@
       <x:c r="R134" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592191</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>516849</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
@@ -10958,51 +10955,51 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>612458</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37817</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>46081</x:v>
@@ -11657,93 +11654,93 @@
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>609017</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>595599</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
@@ -11779,51 +11776,51 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>595627</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>59</x:v>
@@ -12181,78 +12178,78 @@
       <x:c r="R158" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>602833</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>516867</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
@@ -12543,51 +12540,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>613747</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
@@ -12642,51 +12639,51 @@
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>609008</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
@@ -13323,51 +13320,51 @@
       <x:c r="M180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>570059</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
@@ -13380,51 +13377,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>576701</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40367</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13652,51 +13649,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>615360</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
@@ -13876,54 +13873,54 @@
       <x:c r="R190" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>533713</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -14591,51 +14588,51 @@
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>595597</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -15229,51 +15226,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>565677</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -15674,55 +15671,55 @@
       <x:c r="R223" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>577968</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>71140</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>420</x:v>
@@ -16000,51 +15997,51 @@
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>609709</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -16083,51 +16080,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>608139</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -17033,79 +17030,79 @@
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>599623</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>566725</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>199</x:v>
@@ -17861,54 +17858,54 @@
       <x:c r="L265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>572512</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
@@ -20180,51 +20177,51 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>604996</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>46003</x:v>
@@ -20573,51 +20570,51 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>549725</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -20789,51 +20786,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>574074</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21675,79 +21672,79 @@
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>547239</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>590732</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>40638</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
@@ -21808,51 +21805,51 @@
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
@@ -21994,51 +21991,51 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>614323</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
@@ -22143,51 +22140,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>609018</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -23084,51 +23081,51 @@
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>616650</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>36298</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23627,93 +23624,93 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>567360</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>505620</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
@@ -23729,51 +23726,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>580384</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
@@ -23935,51 +23932,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>609010</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -24937,51 +24934,51 @@
       <x:c r="M395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>46327</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>612038</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
@@ -25271,51 +25268,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>595865</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
@@ -25484,2093 +25481,2097 @@
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>602176</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>680</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>590774</x:v>
+        <x:v>577971</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C407" s="3" t="s"/>
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="C407" s="3" t="n">
+        <x:v>40555</x:v>
+      </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>200</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="J407" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>612449</x:v>
+        <x:v>592575</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>576583</x:v>
+        <x:v>595126</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>682</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>523</x:v>
-[...1 lines deleted...]
-      <x:c r="C409" s="3" t="s"/>
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C409" s="3" t="n">
+        <x:v>38935</x:v>
+      </x:c>
       <x:c r="D409" s="3" t="s"/>
+      <x:c r="E409" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="J409" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>576585</x:v>
+        <x:v>590774</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s"/>
+      <x:c r="E410" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>584769</x:v>
+        <x:v>549723</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>41002</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
+      <x:c r="E411" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>592414</x:v>
+        <x:v>509358</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s"/>
+      <x:c r="E412" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>571755</x:v>
+        <x:v>579363</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>406</x:v>
-[...1 lines deleted...]
-      <x:c r="C413" s="3" t="s"/>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J413" s="0" t="s">
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>71123</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>611379</x:v>
+        <x:v>581284</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>39557</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>46276</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>592182</x:v>
+        <x:v>581312</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>657</x:v>
-[...1 lines deleted...]
-      <x:c r="C415" s="3" t="s"/>
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="C415" s="3" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>396</x:v>
-[...2 lines deleted...]
-        <x:v>397</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J415" s="0" t="s">
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>71154</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>533663</x:v>
+        <x:v>581315</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>533683</x:v>
+        <x:v>586273</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>479</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>39605</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
+      <x:c r="E417" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="J417" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>614335</x:v>
+        <x:v>550893</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>34403</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s"/>
+      <x:c r="E418" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>547240</x:v>
+        <x:v>554132</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>689</x:v>
-[...1 lines deleted...]
-      <x:c r="C419" s="3" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C419" s="3" t="n">
+        <x:v>37662</x:v>
+      </x:c>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="J419" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>590882</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>566070</x:v>
+        <x:v>590882</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>547221</x:v>
+        <x:v>566070</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="C422" s="15" t="s"/>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C422" s="15" t="n">
+        <x:v>38143</x:v>
+      </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="J422" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="J422" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>568141</x:v>
+        <x:v>547221</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>568142</x:v>
+        <x:v>568141</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>577083</x:v>
+        <x:v>568142</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>577110</x:v>
+        <x:v>577083</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>549544</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>46337</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>615583</x:v>
+        <x:v>549544</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>615586</x:v>
+        <x:v>615583</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>698</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>46251</x:v>
+        <x:v>46337</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>596998</x:v>
+        <x:v>615586</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>36533</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46251</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>585494</x:v>
+        <x:v>596998</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>699</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>474</x:v>
-[...1 lines deleted...]
-      <x:c r="C431" s="3" t="s"/>
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C431" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
+      <x:c r="J431" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>72710</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>577971</x:v>
+        <x:v>585494</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>40555</x:v>
+        <x:v>41002</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>46276</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>592575</x:v>
+        <x:v>592414</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>704</x:v>
-[...1 lines deleted...]
-      <x:c r="C433" s="3" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C433" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>595126</x:v>
+        <x:v>571755</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>525</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>527</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>550893</x:v>
+        <x:v>611379</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>670</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>34403</x:v>
+        <x:v>39557</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
-      <x:c r="E435" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>46347</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>554132</x:v>
+        <x:v>592182</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
-      <x:c r="E436" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>397</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>375</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>71154</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>554153</x:v>
+        <x:v>533663</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>584</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
-      <x:c r="E437" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>549723</x:v>
+        <x:v>533683</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
-      <x:c r="E438" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>375</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>509358</x:v>
+        <x:v>614335</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
-      <x:c r="E439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>579363</x:v>
+        <x:v>547240</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>359</x:v>
-[...1 lines deleted...]
-      <x:c r="H440" s="14" t="s"/>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>586273</x:v>
+        <x:v>612449</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>463</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="J441" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>581284</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>709</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="J442" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>581312</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>581315</x:v>
+        <x:v>584769</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -27591,51 +27592,51 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>581534</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>38</x:v>
@@ -27648,93 +27649,93 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>608140</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>71904</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>608218</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -27812,51 +27813,51 @@
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>595945</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>46003</x:v>
@@ -27866,51 +27867,51 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>581282</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
@@ -29072,102 +29073,102 @@
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>600474</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>614353</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -29355,51 +29356,51 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>601426</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>34403</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
@@ -29869,51 +29870,51 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>586274</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
@@ -30012,77 +30013,77 @@
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>595929</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>46003</x:v>
@@ -30497,51 +30498,51 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>605574</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>46003</x:v>
@@ -30551,51 +30552,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>581310</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
@@ -30987,158 +30988,158 @@
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>599304</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>609014</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>592173</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>38</x:v>
@@ -32186,51 +32187,51 @@
       <x:c r="M527" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>598972</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
@@ -32407,51 +32408,51 @@
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>568777</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>59</x:v>
@@ -35163,51 +35164,51 @@
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>614281</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
@@ -35276,51 +35277,51 @@
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>605290</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>46003</x:v>
@@ -35381,51 +35382,51 @@
       <x:c r="M586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>550740</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
@@ -36445,51 +36446,51 @@
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>595600</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
@@ -36499,51 +36500,51 @@
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>595601</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
@@ -36726,51 +36727,51 @@
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>542424</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
@@ -37185,103 +37186,103 @@
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>608950</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
-        <x:v>37226</x:v>
+        <x:v>40237</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>595946</x:v>
+        <x:v>579910</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>27</x:v>
@@ -37291,1052 +37292,1052 @@
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>616657</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
-      <x:c r="E622" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>838</x:v>
-[...1 lines deleted...]
-      <x:c r="H622" s="14" t="s"/>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H622" s="14" t="s">
+        <x:v>852</x:v>
+      </x:c>
       <x:c r="I622" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>599570</x:v>
+        <x:v>606133</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>605307</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>71130</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>605329</x:v>
+        <x:v>542238</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>34814</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H625" s="0" t="s">
+        <x:v>805</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>553366</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
-      <x:c r="E626" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
-        <x:v>729</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J626" s="14" t="s"/>
       <x:c r="K626" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>553394</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>40243</x:v>
+        <x:v>34814</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>590020</x:v>
+        <x:v>553366</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
-        <x:v>39741</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>873</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>892</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>893</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>894</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>601589</x:v>
+        <x:v>553394</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>40243</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
+      <x:c r="E629" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>588093</x:v>
+        <x:v>590020</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
-        <x:v>38018</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>608948</x:v>
+        <x:v>601589</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>40243</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
-      <x:c r="E631" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>608949</x:v>
+        <x:v>595946</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
-        <x:v>35502</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>804</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>807</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>808</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>513899</x:v>
+        <x:v>599570</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>583433</x:v>
+        <x:v>605307</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>896</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>41255</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
-      <x:c r="E634" s="14" t="s"/>
+      <x:c r="E634" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>790</x:v>
-[...1 lines deleted...]
-      <x:c r="H634" s="14" t="s"/>
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="H634" s="14" t="s">
+        <x:v>847</x:v>
+      </x:c>
       <x:c r="I634" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>606185</x:v>
+        <x:v>601990</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>41255</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-        <x:v>852</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>606133</x:v>
+        <x:v>588093</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C636" s="15" t="s"/>
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C636" s="15" t="n">
+        <x:v>38018</x:v>
+      </x:c>
       <x:c r="D636" s="15" t="s"/>
-      <x:c r="E636" s="14" t="s"/>
+      <x:c r="E636" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J636" s="14" t="s"/>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="J636" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K636" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>863</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>616596</x:v>
+        <x:v>608948</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>898</x:v>
-[...1 lines deleted...]
-      <x:c r="C637" s="3" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C637" s="3" t="n">
+        <x:v>40243</x:v>
+      </x:c>
       <x:c r="D637" s="3" t="s"/>
+      <x:c r="E637" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="J637" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>71130</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>542238</x:v>
+        <x:v>608949</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>469</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>729</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>579910</x:v>
+        <x:v>583433</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>900</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
-      <x:c r="E639" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>846</x:v>
-[...2 lines deleted...]
-        <x:v>847</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>601990</x:v>
+        <x:v>606185</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
@@ -39223,51 +39224,51 @@
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>601117</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>46354</x:v>
@@ -40042,51 +40043,51 @@
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>595940</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>38</x:v>
@@ -40142,54 +40143,54 @@
       <x:c r="L673" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>572513</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -40210,51 +40211,51 @@
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>38</x:v>
@@ -40647,51 +40648,51 @@
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>606166</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>46072</x:v>