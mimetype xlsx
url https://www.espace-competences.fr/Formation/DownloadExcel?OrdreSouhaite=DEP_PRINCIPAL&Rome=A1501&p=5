--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -569,92 +569,92 @@
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage félin</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ostéopathie animale (animostéo)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animosteo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de formation d'ostéopathes animaliers - IFOA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soins énergétiques des animaux</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ostéopathie animale (animostéo)</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Institut Privé du Para-Médical</x:t>
   </x:si>
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
@@ -668,90 +668,90 @@
   <x:si>
     <x:t>Pet-Sitter</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste Equin</x:t>
   </x:si>
   <x:si>
     <x:t>Soin cheval</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>Les Cavaliers de la Louvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEDOIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naturopathe animalier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Synergie Naturopathie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>BEDOIN</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3608,164 +3608,156 @@
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>606589</x:v>
+        <x:v>606585</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>623426</x:v>
+        <x:v>606586</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>587697</x:v>
+        <x:v>606588</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
@@ -3782,474 +3774,480 @@
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>572599</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>37507</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="S47" s="0" t="n">
+        <x:v>554552</x:v>
+      </x:c>
+      <x:c r="T47" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>46</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>576800</x:v>
+        <x:v>623414</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592887</x:v>
+        <x:v>606589</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>606585</x:v>
+        <x:v>597090</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>40580</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>606586</x:v>
+        <x:v>576800</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C52" s="15" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="n">
+        <x:v>38485</x:v>
+      </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="J52" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>606588</x:v>
+        <x:v>592887</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>554552</x:v>
+        <x:v>623426</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>38485</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>623414</x:v>
+        <x:v>587697</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4673,220 +4671,221 @@
       <x:c r="K63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>560333</x:v>
+        <x:v>560871</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>36133</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I64" s="16" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K64" s="14" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>15479</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="S64" s="14" t="n">
+        <x:v>527374</x:v>
+      </x:c>
+      <x:c r="T64" s="16" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="U64" s="16" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>560871</x:v>
+        <x:v>533560</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>15479</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>560333</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>