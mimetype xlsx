--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -593,59 +593,59 @@
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie D + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de voyageurs (anciennement FIMO)</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -677,63 +677,63 @@
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée</x:t>
   </x:si>
   <x:si>
     <x:t>NEFFES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Epreuve théorique générale du code + Permis de conduire catégorie D</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
@@ -4394,51 +4394,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>612346</x:v>
+        <x:v>612347</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -4457,51 +4457,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>612347</x:v>
+        <x:v>612346</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>61</x:v>
@@ -4616,51 +4616,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>615079</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5181,51 +5181,51 @@
       <x:c r="J67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>610890</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5236,51 +5236,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>607467</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>24</x:v>
@@ -5412,656 +5412,658 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>599834</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C72" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>600473</x:v>
+        <x:v>610309</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>602684</x:v>
+        <x:v>600473</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>608549</x:v>
+        <x:v>585776</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>585776</x:v>
+        <x:v>600671</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>600671</x:v>
+        <x:v>602684</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>600500</x:v>
+        <x:v>608549</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C78" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>600536</x:v>
+        <x:v>600500</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610309</x:v>
+        <x:v>600536</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>602714</x:v>
+        <x:v>585809</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>608534</x:v>
+        <x:v>602714</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>585809</x:v>
+        <x:v>608534</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
@@ -6237,51 +6239,51 @@
       <x:c r="J86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>613505</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>101</x:v>
@@ -6343,57 +6345,57 @@
       <x:c r="H88" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>602623</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>24</x:v>
@@ -6401,68 +6403,68 @@
       <x:c r="J89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>599830</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
@@ -6485,75 +6487,75 @@
       <x:c r="S90" s="14" t="n">
         <x:v>602721</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>538758</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
@@ -6703,51 +6705,51 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>601528</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
@@ -7762,51 +7764,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>579497</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -8442,127 +8444,127 @@
       <x:c r="T123" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578735</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>538737</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>