--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -380,99 +380,99 @@
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Manager transport, logistique et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Transport international marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité packaging, emballage et conditionnement parcours éco-conception, homologation, supply chain</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
-[...5 lines deleted...]
-    <x:t>AUBAGNE</x:t>
+    <x:t>Manager des achats et de la supply chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention logistique et transports internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme en management international</x:t>
   </x:si>
   <x:si>
     <x:t>ISG</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet international</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>responsable des opérations logistiques</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
@@ -2463,327 +2463,327 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>596483</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35360</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>596747</x:v>
+        <x:v>602926</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>602926</x:v>
+        <x:v>602934</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>40063</x:v>
+        <x:v>35360</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31847</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592276</x:v>
+        <x:v>596747</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>616046</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>40063</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31847</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>602934</x:v>
+        <x:v>592276</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37131</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -2811,54 +2811,54 @@
       <x:c r="R24" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>616017</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35896</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -2867,91 +2867,91 @@
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>593169</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35391</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>596743</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3387,90 +3387,90 @@
       <x:c r="R34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>608400</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35390</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>596742</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3547,100 +3547,100 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>613297</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592275</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40881</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -5299,51 +5299,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>546217</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -5553,629 +5553,630 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>581538</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>36218</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>31845</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>548950</x:v>
+        <x:v>581153</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>35390</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>548963</x:v>
+        <x:v>575982</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>36218</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31845</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>548991</x:v>
+        <x:v>548950</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35390</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575982</x:v>
+        <x:v>548963</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>35148</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>549250</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35148</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>559041</x:v>
+        <x:v>549250</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>35148</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581152</x:v>
+        <x:v>559041</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38496</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>31660</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>555026</x:v>
+        <x:v>581152</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38496</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31660</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>555026</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>581153</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6467,51 +6468,51 @@
       <x:c r="G88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>575983</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -6527,57 +6528,57 @@
       <x:c r="G89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>548989</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7174,51 +7175,51 @@
       <x:c r="J100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>500301</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>