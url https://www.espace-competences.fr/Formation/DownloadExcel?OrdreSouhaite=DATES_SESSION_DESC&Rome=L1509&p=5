--- v0 (2026-03-23)
+++ v1 (2026-03-23)
@@ -467,62 +467,62 @@
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installation et calage des systèmes de sonorisation</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AutoCad 2D</x:t>
   </x:si>
   <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Peinture de décors et accesssoires</x:t>
   </x:si>
   <x:si>
     <x:t>Décor accessoire spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>Smaart V9</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Travail en hauteur (technique spectacle)</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
@@ -533,156 +533,156 @@
   <x:si>
     <x:t>Techniques de régie et diffusion pour préparer son spectacle  au Festival Off d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Comme une Plume</x:t>
   </x:si>
   <x:si>
     <x:t>75005</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>in ear monitors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubitech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail en hauteur - utilisation et vérification des EPI de catégorie 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movie Magic Budgeting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion production audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movie Magic Scheduling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEANNET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administration de production</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien  polyvalent son lumière plateau vidéo</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Musical de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IMFP</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Régisseur général des entreprises du spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Clic et Bât - Cf2i</x:t>
   </x:si>
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DU direction et maitrise financière de la production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -2775,150 +2775,150 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>608384</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>618277</x:v>
+        <x:v>614633</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>614633</x:v>
+        <x:v>618277</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
@@ -3093,147 +3093,148 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>600935</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>71110</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>622423</x:v>
+        <x:v>610962</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>45011</x:v>
+        <x:v>71110</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>610962</x:v>
+        <x:v>622423</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
@@ -3360,80 +3361,80 @@
       <x:c r="R41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>591642</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>618538</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>48</x:v>
@@ -3724,486 +3725,486 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>600891</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>610304</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>46244</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="S50" s="14" t="n">
+        <x:v>610168</x:v>
+      </x:c>
+      <x:c r="T50" s="16" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>45042</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610168</x:v>
+        <x:v>610031</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>45011</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610031</x:v>
+        <x:v>577988</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="S53" s="0" t="n">
+        <x:v>577989</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>46244</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="S54" s="14" t="n">
+        <x:v>610300</x:v>
+      </x:c>
+      <x:c r="T54" s="16" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>45042</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>610300</x:v>
+        <x:v>583191</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45011</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>610264</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>588425</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -4382,152 +4383,151 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>587082</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>37022</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>46244</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>583366</x:v>
+        <x:v>567926</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>46233</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>567926</x:v>
+        <x:v>583366</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>178</x:v>