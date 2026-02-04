--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -224,63 +224,63 @@
   <x:si>
     <x:t>Diplôme d'État de psychomotricien</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement de Coopération Sanitaire de Institut de Formation Public Varois des Professions de Santé</x:t>
   </x:si>
   <x:si>
     <x:t>GCS IFPVPS</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État de psychomotricien - 2ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'État de psychomotricien - 2ème et 3ème années</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de psychomotricien - 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
@@ -1127,51 +1127,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>572508</x:v>
+        <x:v>572506</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1184,51 +1184,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>572506</x:v>
+        <x:v>572508</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
@@ -1317,51 +1317,51 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>525219</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>