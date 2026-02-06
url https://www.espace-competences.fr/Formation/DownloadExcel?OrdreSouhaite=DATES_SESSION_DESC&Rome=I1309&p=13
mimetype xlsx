--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -392,68 +392,68 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention maintenance des systèmes énergétiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOLONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro métiers de l'électricité et de ses environnements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention maintenance des systèmes énergétiques</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance système automatisé</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Philippe de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Maintenance Industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
@@ -1043,308 +1043,308 @@
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de l'électricité et de l'énergie parcours chargé d'affaires en installation électrique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option B : systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de la montagne</x:t>
   </x:si>
   <x:si>
     <x:t>06420</x:t>
   </x:si>
   <x:si>
     <x:t>VALDEBLORE</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pierre et Marie Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jules Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Revoul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
-    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
-[...8 lines deleted...]
-    <x:t>CANNES</x:t>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de l'électricité et de ses environnements connectés</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>LPTR de L'Estaque</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée G Cisson</x:t>
-[...94 lines deleted...]
-  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP Technicien de maintenance d'appareils de chauffage au gaz</x:t>
   </x:si>
   <x:si>
     <x:t>Chauffage gaz</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
@@ -1868,69 +1868,69 @@
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production + BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention maintenance des systèmes industriels, de production et d'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>Certification nucléaire - Option Centre de Recherche (CR) - Prévention des Risques (PR) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Trihom</x:t>
   </x:si>
   <x:si>
     <x:t>37420</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Trihom - Antenne Saint Paul des Durance</x:t>
   </x:si>
   <x:si>
     <x:t>13115</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-PAUL-LES-DURANCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
@@ -3645,159 +3645,160 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>588521</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>604613</x:v>
+        <x:v>615148</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>30088</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>24154</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>615148</x:v>
+        <x:v>604613</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
@@ -3944,75 +3945,75 @@
       <x:c r="T26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>607334</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
@@ -4025,51 +4026,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>587945</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -4911,51 +4912,51 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>596510</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
@@ -5608,51 +5609,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>594205</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
@@ -6161,51 +6162,51 @@
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -7120,51 +7121,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>37</x:v>
@@ -7180,51 +7181,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605636</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7239,51 +7240,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>603946</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
@@ -7299,51 +7300,51 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>602686</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -7360,51 +7361,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>602688</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>37</x:v>
@@ -8209,51 +8210,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>608237</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
@@ -8270,51 +8271,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>605631</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>37</x:v>
@@ -8330,51 +8331,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>605634</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8694,51 +8695,51 @@
       <x:c r="U111" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -10473,51 +10474,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>594156</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>38</x:v>
@@ -10641,860 +10642,897 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>596511</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>40033</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>611487</x:v>
+        <x:v>609583</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>604283</x:v>
+        <x:v>605632</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>609583</x:v>
+        <x:v>605635</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>507656</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>596515</x:v>
+        <x:v>605698</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>596518</x:v>
+        <x:v>611487</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C154" s="15" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C154" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="J154" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J154" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>592900</x:v>
+        <x:v>604283</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C155" s="3" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="n">
+        <x:v>41007</x:v>
+      </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>592950</x:v>
+        <x:v>594149</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="C156" s="15" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="n">
+        <x:v>41007</x:v>
+      </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="J156" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="J156" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>592965</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>592972</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>594149</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>251</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>594154</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C160" s="15" t="s"/>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="J160" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="J160" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>507656</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C161" s="3" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>594207</x:v>
+        <x:v>596515</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C162" s="15" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C162" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="J162" s="14" t="s"/>
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="J162" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>594208</x:v>
+        <x:v>596518</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>38</x:v>
@@ -11560,51 +11598,51 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592955</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
@@ -11708,288 +11746,250 @@
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>605632</x:v>
+        <x:v>592900</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>605635</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>605695</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>605698</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -12555,3865 +12555,3863 @@
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>611580</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>596513</x:v>
+        <x:v>602811</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>596516</x:v>
+        <x:v>602812</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
-      <x:c r="E185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>602810</x:v>
+        <x:v>594653</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>358</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>598932</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>158</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>605968</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>602254</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>604284</x:v>
+        <x:v>592896</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>605699</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>605702</x:v>
+        <x:v>592909</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>611019</x:v>
+        <x:v>592940</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>606234</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>603118</x:v>
+        <x:v>592960</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>605633</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>605692</x:v>
+        <x:v>597501</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>605703</x:v>
+        <x:v>597514</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>605704</x:v>
+        <x:v>605967</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>305</x:v>
-[...1 lines deleted...]
-      <x:c r="C199" s="3" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C199" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>595108</x:v>
+        <x:v>597539</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>310</x:v>
-[...1 lines deleted...]
-      <x:c r="C200" s="15" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="n">
+        <x:v>35498</x:v>
+      </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s"/>
+      <x:c r="E200" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="H200" s="14" t="s"/>
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
+        <x:v>360</x:v>
+      </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="J200" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>594657</x:v>
+        <x:v>602543</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="C201" s="3" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="n">
+        <x:v>38880</x:v>
+      </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>592582</x:v>
+        <x:v>604710</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>597503</x:v>
+        <x:v>596514</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>597505</x:v>
+        <x:v>596517</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>597510</x:v>
+        <x:v>611314</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>597511</x:v>
+        <x:v>604285</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>597525</x:v>
+        <x:v>605699</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>597534</x:v>
+        <x:v>605702</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s"/>
+      <x:c r="E208" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>597537</x:v>
+        <x:v>611019</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>582019</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>602811</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>602812</x:v>
+        <x:v>597502</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="C212" s="15" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C212" s="15" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="J212" s="14" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="J212" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>594653</x:v>
+        <x:v>597506</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>310</x:v>
-[...1 lines deleted...]
-      <x:c r="C213" s="3" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>597507</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="J214" s="14" t="s"/>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>597512</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C215" s="3" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>592892</x:v>
+        <x:v>597522</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C216" s="15" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C216" s="15" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>207</x:v>
-[...1 lines deleted...]
-      <x:c r="J216" s="14" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592896</x:v>
+        <x:v>597524</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="C217" s="3" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>592908</x:v>
+        <x:v>597533</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="C218" s="15" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="J218" s="14" t="s"/>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J218" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>592909</x:v>
+        <x:v>597536</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C219" s="3" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>592940</x:v>
+        <x:v>493645</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C220" s="15" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="J220" s="14" t="s"/>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>596513</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C221" s="3" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592960</x:v>
+        <x:v>596516</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="C222" s="15" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C222" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s"/>
+      <x:c r="E222" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="J222" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J222" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592970</x:v>
+        <x:v>602254</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>597501</x:v>
+        <x:v>602810</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>597514</x:v>
+        <x:v>598932</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>605967</x:v>
+        <x:v>605968</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>597539</x:v>
+        <x:v>604284</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>594658</x:v>
+        <x:v>592898</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>385</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>597502</x:v>
+        <x:v>592899</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>597506</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>597507</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>389</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>597512</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>392</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>597522</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>597524</x:v>
+        <x:v>594150</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>597533</x:v>
+        <x:v>594151</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>597536</x:v>
+        <x:v>606234</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s"/>
+      <x:c r="E236" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>493645</x:v>
+        <x:v>603118</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C237" s="3" t="s"/>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>592898</x:v>
+        <x:v>605633</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C238" s="15" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="n">
+        <x:v>41007</x:v>
+      </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>238</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="J238" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592899</x:v>
+        <x:v>605692</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="C239" s="3" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D239" s="3" t="s"/>
+      <x:c r="E239" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>592911</x:v>
+        <x:v>605703</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C240" s="15" t="s"/>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C240" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>200</x:v>
-[...1 lines deleted...]
-      <x:c r="J240" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J240" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>592956</x:v>
+        <x:v>605704</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>592962</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>592963</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>401</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
-      <x:c r="E243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>402</x:v>
-[...2 lines deleted...]
-        <x:v>403</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>602543</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>604710</x:v>
+        <x:v>597503</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>587893</x:v>
+        <x:v>597505</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>594150</x:v>
+        <x:v>597510</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>594151</x:v>
+        <x:v>597511</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>611314</x:v>
+        <x:v>597525</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>596514</x:v>
+        <x:v>597534</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>596517</x:v>
+        <x:v>597537</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
-      <x:c r="E251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>604285</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -16726,51 +16724,51 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G258" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>422</x:v>
@@ -16945,51 +16943,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>610430</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G262" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>422</x:v>
@@ -17744,159 +17742,159 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>585918</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>585908</x:v>
+        <x:v>585921</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>585921</x:v>
+        <x:v>585908</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18334,51 +18332,51 @@
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>612888</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>449</x:v>
@@ -20325,54 +20323,54 @@
       <x:c r="I322" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>547866</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -20515,159 +20513,157 @@
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>540193</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s"/>
-      <x:c r="F326" s="14" t="s"/>
+      <x:c r="E326" s="14" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="F326" s="14" t="s">
+        <x:v>421</x:v>
+      </x:c>
       <x:c r="G326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>539604</x:v>
+        <x:v>583870</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
-      <x:c r="E327" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>583870</x:v>
+        <x:v>539604</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
@@ -20805,205 +20801,204 @@
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
-      <x:c r="E331" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>547818</x:v>
+        <x:v>543637</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s"/>
+      <x:c r="E332" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>543637</x:v>
+        <x:v>547818</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>566748</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
@@ -21046,75 +21041,75 @@
       <x:c r="T334" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>550637</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
@@ -21127,51 +21122,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -21215,51 +21210,51 @@
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
@@ -21478,176 +21473,174 @@
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>587887</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
-        <x:v>478</x:v>
-[...2 lines deleted...]
-        <x:v>479</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>480</x:v>
-[...2 lines deleted...]
-        <x:v>481</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>579937</x:v>
+        <x:v>556502</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="F344" s="14" t="s"/>
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="F344" s="14" t="s">
+        <x:v>479</x:v>
+      </x:c>
       <x:c r="G344" s="14" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>481</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>556502</x:v>
+        <x:v>579937</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>38</x:v>
@@ -22006,51 +21999,51 @@
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
@@ -22077,217 +22070,216 @@
       <x:c r="S352" s="14" t="n">
         <x:v>550201</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>550306</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s"/>
+      <x:c r="E354" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>548627</x:v>
+        <x:v>556393</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
-      <x:c r="E355" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>556393</x:v>
+        <x:v>548627</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
@@ -22361,51 +22353,51 @@
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>554785</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -22513,51 +22505,51 @@
         <x:v>139</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>548397</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
@@ -22593,688 +22585,689 @@
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>552717</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>547697</x:v>
+        <x:v>550633</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>547067</x:v>
+        <x:v>548193</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>550259</x:v>
+        <x:v>541918</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
-      <x:c r="E365" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>547618</x:v>
+        <x:v>543696</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>548193</x:v>
+        <x:v>555617</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>550633</x:v>
+        <x:v>543688</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>556784</x:v>
+        <x:v>547067</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
+      <x:c r="E369" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>543696</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="H370" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>555617</x:v>
+        <x:v>556784</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
+      <x:c r="E371" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>543688</x:v>
+        <x:v>550259</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>541918</x:v>
+        <x:v>547618</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -23292,333 +23285,334 @@
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
-      <x:c r="E374" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>550202</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>550554</x:v>
+        <x:v>548295</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>548295</x:v>
+        <x:v>548296</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>548296</x:v>
+        <x:v>550202</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
-      <x:c r="E378" s="14" t="s"/>
+      <x:c r="E378" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>541903</x:v>
+        <x:v>550554</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -23637,103 +23631,103 @@
       <x:c r="M379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>544884</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>550269</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -23827,51 +23821,51 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>550272</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>37</x:v>
@@ -23923,54 +23917,54 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>547774</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
@@ -24003,51 +23997,51 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>555616</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -24195,51 +24189,51 @@
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -24411,51 +24405,51 @@
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
@@ -24528,51 +24522,51 @@
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>543689</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>37</x:v>
@@ -24649,88 +24643,88 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>547080</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>556134</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
@@ -24946,144 +24940,144 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>556394</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>547544</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>547545</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
@@ -25417,71 +25411,71 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>543699</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -25491,95 +25485,95 @@
       <x:c r="T410" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>552109</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
@@ -25596,51 +25590,51 @@
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>550199</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>37</x:v>
@@ -25848,51 +25842,51 @@
       <x:c r="S416" s="14" t="n">
         <x:v>550273</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -25906,51 +25900,51 @@
         <x:v>550307</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>160</x:v>
@@ -26130,51 +26124,51 @@
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>558856</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
@@ -26428,51 +26422,51 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
@@ -26526,74 +26520,74 @@
       <x:c r="H428" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>552788</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
@@ -26730,51 +26724,51 @@
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
@@ -27484,51 +27478,51 @@
       <x:c r="J444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>563150</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -27552,154 +27546,153 @@
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>540866</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
-      <x:c r="E446" s="14" t="s"/>
+      <x:c r="E446" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>517898</x:v>
+        <x:v>556505</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
-      <x:c r="E447" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>556505</x:v>
+        <x:v>517898</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>282</x:v>
@@ -27787,51 +27780,51 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>514432</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -27903,51 +27896,51 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>503223</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
@@ -27956,51 +27949,51 @@
       <x:c r="M452" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>524069</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -28057,74 +28050,74 @@
         <x:v>139</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>503109</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>38</x:v>
@@ -28480,156 +28473,155 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H462" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>493132</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>502524</x:v>
+        <x:v>493132</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
@@ -29093,105 +29085,105 @@
       <x:c r="J472" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>493131</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
@@ -29393,2104 +29385,2103 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>515949</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>541515</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
+      <x:c r="E479" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>540889</x:v>
+        <x:v>516017</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="H480" s="14" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>493582</x:v>
+        <x:v>509242</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>516017</x:v>
+        <x:v>511064</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>511064</x:v>
+        <x:v>541509</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>541509</x:v>
+        <x:v>541519</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>541519</x:v>
+        <x:v>493582</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>516059</x:v>
+        <x:v>515635</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s"/>
+      <x:c r="E486" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>509242</x:v>
+        <x:v>511069</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
-      <x:c r="E487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>511069</x:v>
+        <x:v>493581</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>515635</x:v>
+        <x:v>516059</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>493581</x:v>
+        <x:v>540889</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H490" s="14" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>494831</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>540886</x:v>
+        <x:v>504175</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
-      <x:c r="E492" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>500994</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>504175</x:v>
+        <x:v>540881</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>493595</x:v>
+        <x:v>540886</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
-      <x:c r="E495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>547674</x:v>
+        <x:v>493644</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s"/>
+      <x:c r="E496" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>540881</x:v>
+        <x:v>547674</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>494831</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H498" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>493644</x:v>
+        <x:v>501884</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="Q499" s="4" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>501884</x:v>
+        <x:v>501975</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>30088</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>24154</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R500" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="S500" s="14" t="n">
+        <x:v>500928</x:v>
+      </x:c>
+      <x:c r="T500" s="16" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>500928</x:v>
+        <x:v>500938</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>500938</x:v>
+        <x:v>501919</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>500991</x:v>
+        <x:v>500930</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>329</x:v>
-[...1 lines deleted...]
-      <x:c r="H504" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I504" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>501469</x:v>
+        <x:v>500992</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>35498</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>510678</x:v>
+        <x:v>501022</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>498668</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>501919</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>500930</x:v>
+        <x:v>501469</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>500992</x:v>
+        <x:v>510678</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>501022</x:v>
+        <x:v>500991</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>541507</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -31506,51 +31497,51 @@
       <x:c r="L513" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>507310</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>64</x:v>
@@ -31567,111 +31558,111 @@
       <x:c r="L514" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>500934</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>161</x:v>
@@ -31688,51 +31679,51 @@
       <x:c r="L516" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>26</x:v>
@@ -31740,112 +31731,112 @@
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>540650</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>519681</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -31861,112 +31852,112 @@
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>500942</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -31982,51 +31973,51 @@
       <x:c r="L521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>501004</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>161</x:v>
@@ -32043,108 +32034,108 @@
       <x:c r="L522" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>501016</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>501466</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
@@ -32159,111 +32150,111 @@
       <x:c r="L524" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>512441</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="Q525" s="4" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>501923</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>161</x:v>
@@ -32280,111 +32271,111 @@
       <x:c r="L526" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>501008</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>501012</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>161</x:v>
@@ -32401,167 +32392,167 @@
       <x:c r="L528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>501020</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="Q529" s="4" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>501472</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>501475</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -32577,51 +32568,51 @@
       <x:c r="L531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
         <x:v>161</x:v>
@@ -32638,111 +32629,111 @@
       <x:c r="L532" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>500946</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
         <x:v>146</x:v>
@@ -32759,253 +32750,253 @@
       <x:c r="L534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>498685</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>541503</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="Q536" s="16" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>514135</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="I537" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="Q537" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>514131</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
@@ -33057,51 +33048,51 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>535426</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
@@ -33118,111 +33109,111 @@
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>448097</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>454250</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
@@ -33239,51 +33230,51 @@
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>451213</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>37</x:v>
@@ -33299,51 +33290,51 @@
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>451211</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
@@ -33360,51 +33351,51 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>455398</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>37</x:v>
@@ -33420,112 +33411,112 @@
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>455472</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="Q546" s="16" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>448547</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>38</x:v>
@@ -33538,51 +33529,51 @@
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>449001</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I548" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
@@ -33599,51 +33590,51 @@
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>451215</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>27</x:v>