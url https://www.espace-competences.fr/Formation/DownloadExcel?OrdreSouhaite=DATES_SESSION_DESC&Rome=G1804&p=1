--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -242,185 +242,185 @@
   <x:si>
     <x:t>Sommelier-caviste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Avenir et Formation - Campus de l'Esthétique et du Spa</x:t>
   </x:si>
   <x:si>
     <x:t>75009</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sommelier-caviste (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAUNEUF-DU-PAPE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sommelier-caviste</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation sommellerie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Sommellerie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Sommellerie (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option A : Energie électrique (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Sommellerie (ex Mention Complémentaire)</x:t>
+    <x:t>Certificat de spécialisation sommellerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale des Vins et Boissons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation sommellerie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Nationale des Vins et Boissons</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
@@ -479,56 +479,56 @@
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
@@ -641,69 +641,69 @@
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en sommellerie - Cave</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
@@ -1998,278 +1998,278 @@
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>599287</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>603452</x:v>
+        <x:v>584288</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>584288</x:v>
+        <x:v>584289</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>39204</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>21511</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C15" s="3" t="n">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>584289</x:v>
+        <x:v>599289</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>599289</x:v>
+        <x:v>603452</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2287,278 +2287,278 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>599294</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>584286</x:v>
+        <x:v>584285</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>603447</x:v>
+        <x:v>584286</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>603450</x:v>
+        <x:v>603447</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>584285</x:v>
+        <x:v>603450</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -2838,128 +2838,128 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>600457</x:v>
+        <x:v>601898</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>601898</x:v>
+        <x:v>600457</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3149,448 +3149,450 @@
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>612075</x:v>
+        <x:v>606274</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>606274</x:v>
+        <x:v>612075</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B34" s="14" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>596985</x:v>
+        <x:v>609427</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>609427</x:v>
+        <x:v>609975</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>609975</x:v>
+        <x:v>609428</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="I37" s="4" t="s">
+      <x:c r="J37" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>609428</x:v>
+        <x:v>596985</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>554024</x:v>
+        <x:v>596986</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596986</x:v>
+        <x:v>554024</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
@@ -3843,51 +3845,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>601863</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4090,81 +4092,81 @@
       <x:c r="R48" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>600456</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>609454</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
@@ -4551,81 +4553,81 @@
       <x:c r="R56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>601887</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>609453</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -4798,128 +4800,128 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>601885</x:v>
+        <x:v>600448</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>600448</x:v>
+        <x:v>601885</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -4943,113 +4945,113 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>600455</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>583179</x:v>
+        <x:v>600523</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
@@ -5059,99 +5061,99 @@
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>603446</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>600523</x:v>
+        <x:v>583179</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5303,82 +5305,82 @@
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>601848</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>609452</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5655,82 +5657,82 @@
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>601882</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>609450</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6521,146 +6523,146 @@
         <x:v>558942</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q91" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="Q91" s="4" t="s">
+      <x:c r="S91" s="0" t="n">
+        <x:v>579395</x:v>
+      </x:c>
+      <x:c r="T91" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="R91" s="0" t="s">
+      <x:c r="U91" s="4" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>579395</x:v>
+        <x:v>581175</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>165</x:v>
@@ -6744,51 +6746,51 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>558720</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>40</x:v>
@@ -6857,54 +6859,54 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>558719</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>40</x:v>
@@ -6914,170 +6916,170 @@
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>599168</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>600524</x:v>
+        <x:v>558668</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>558668</x:v>
+        <x:v>600524</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7146,96 +7148,96 @@
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>545131</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>558526</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7265,51 +7267,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>558853</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7324,51 +7326,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>572385</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>40</x:v>
@@ -7381,93 +7383,93 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>603444</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>603455</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7539,68 +7541,68 @@
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>545132</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>40</x:v>
@@ -7723,51 +7725,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>558718</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -7790,51 +7792,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>558717</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>152</x:v>
@@ -7914,51 +7916,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>546102</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42739</x:v>
@@ -8087,51 +8089,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>565160</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -8146,51 +8148,51 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>559915</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
@@ -8259,54 +8261,54 @@
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>558851</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>