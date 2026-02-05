--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -872,60 +872,60 @@
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management sectoriel parcours pilotage des chaînes de transport multimodales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/19/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de service en hôtellerie, tourisme et restauration (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion restauration collective</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion et développement des organisations, des services sportifs et de loisirs parcours management, sport, nature, montagne</x:t>
   </x:si>
@@ -5648,148 +5648,148 @@
         <x:v>581343</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>553445</x:v>
+        <x:v>557894</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>557894</x:v>
+        <x:v>553445</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38785</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>274</x:v>
@@ -6174,81 +6174,81 @@
       <x:c r="S82" s="14" t="n">
         <x:v>545531</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I83" s="4" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="Q83" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="Q83" s="4" t="s">
+      <x:c r="R83" s="0" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>557895</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>