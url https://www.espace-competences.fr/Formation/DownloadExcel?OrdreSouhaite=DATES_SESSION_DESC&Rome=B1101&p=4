--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -398,119 +398,119 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>master mention création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Art graphique</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
+    <x:t>technicien des arts mobiliers, sculptés et décoratifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculpture bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>École municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option design</x:t>
   </x:si>
   <x:si>
+    <x:t>École Intuit-lab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Intuit-lab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire aux études supérieures - Classe d'approfondissement en arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>École Intuit-lab</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>bachelor illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
@@ -560,57 +560,57 @@
   <x:si>
     <x:t>Dos Mares</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Artisanat art</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Artisan , Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Artisan , Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser les techniques de la chaux module 9 : MineralArt Relief</x:t>
   </x:si>
   <x:si>
     <x:t>Stucco Perfection</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ornements en grisaille</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
@@ -2481,1021 +2481,1022 @@
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>595943</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36752</x:v>
+        <x:v>38816</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>595535</x:v>
+        <x:v>591849</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>595530</x:v>
+        <x:v>595535</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>36752</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>594642</x:v>
+        <x:v>595530</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>595940</x:v>
+        <x:v>594642</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595941</x:v>
+        <x:v>595940</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595945</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="C27" s="3" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>37226</x:v>
+      </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595142</x:v>
+        <x:v>595945</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592523</x:v>
+        <x:v>597371</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>606185</x:v>
+        <x:v>606183</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>594641</x:v>
+        <x:v>595142</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37226</x:v>
+        <x:v>40464</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595939</x:v>
+        <x:v>592523</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>41255</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597371</x:v>
+        <x:v>606185</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>606183</x:v>
+        <x:v>594641</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595944</x:v>
+        <x:v>595939</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38816</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591849</x:v>
+        <x:v>595944</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>596492</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595532</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>596491</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
@@ -3557,88 +3558,88 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>595942</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>595946</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3982,148 +3983,147 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>614855</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>45057</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>614936</x:v>
+        <x:v>615705</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L50" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M50" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N50" s="15" t="n">
+        <x:v>45057</x:v>
+      </x:c>
+      <x:c r="O50" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P50" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S50" s="14" t="n">
+        <x:v>614936</x:v>
+      </x:c>
+      <x:c r="T50" s="16" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>170</x:v>
@@ -4408,51 +4408,51 @@
         <x:v>611686</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>615677</x:v>
       </x:c>
@@ -5074,51 +5074,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>606133</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -5572,51 +5572,51 @@
       <x:c r="I78" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>522311</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
@@ -5626,51 +5626,51 @@
       <x:c r="I79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>522300</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
@@ -5685,105 +5685,105 @@
       <x:c r="I80" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>516315</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>522315</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
@@ -5796,108 +5796,108 @@
       <x:c r="I82" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R82" s="14" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>522294</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R83" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>522296</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -5907,51 +5907,51 @@
       <x:c r="I84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>522301</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
@@ -5964,51 +5964,51 @@
       <x:c r="I85" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>516316</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>