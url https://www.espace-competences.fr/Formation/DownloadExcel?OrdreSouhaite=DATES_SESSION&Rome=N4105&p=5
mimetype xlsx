--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -587,56 +587,56 @@
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
@@ -728,57 +728,57 @@
   <x:si>
     <x:t>83870</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conducteur livreur sur véhicule utilitaire léger - Formaposte - Contrat en alternance</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conducteur livreur sur véhicule utilitaire léger - Contrat en alternance</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
@@ -1628,219 +1628,219 @@
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>581133</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>581130</x:v>
+        <x:v>581124</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>581124</x:v>
+        <x:v>581127</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>581127</x:v>
+        <x:v>581130</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -2112,158 +2112,158 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>581125</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>39186</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>581139</x:v>
+        <x:v>581126</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>39186</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>581126</x:v>
+        <x:v>581139</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>49</x:v>
@@ -3463,145 +3463,145 @@
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>580153</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>570081</x:v>
+        <x:v>546315</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>546315</x:v>
+        <x:v>570081</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
@@ -3862,382 +3862,383 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>603518</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>599158</x:v>
+        <x:v>600674</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>600674</x:v>
+        <x:v>602680</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>602680</x:v>
+        <x:v>599160</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>599160</x:v>
+        <x:v>585818</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>585818</x:v>
+        <x:v>617900</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>617900</x:v>
+        <x:v>599158</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5367,159 +5368,157 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>620175</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>613009</x:v>
+        <x:v>601227</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
-      <x:c r="F70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F70" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>601227</x:v>
+        <x:v>613009</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -6456,209 +6455,209 @@
       <x:c r="R86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>607394</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>34150</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>611975</x:v>
+        <x:v>611978</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>34150</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>607363</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>34150</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>611978</x:v>
+        <x:v>611975</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6957,158 +6956,158 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>612477</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>601302</x:v>
+        <x:v>601311</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>601307</x:v>
+        <x:v>601302</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>49</x:v>
@@ -7116,60 +7115,60 @@
       <x:c r="H98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>601311</x:v>
+        <x:v>601307</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -7237,60 +7236,60 @@
       <x:c r="H100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>601309</x:v>
+        <x:v>601308</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -7358,60 +7357,60 @@
       <x:c r="H102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>601308</x:v>
+        <x:v>601309</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>