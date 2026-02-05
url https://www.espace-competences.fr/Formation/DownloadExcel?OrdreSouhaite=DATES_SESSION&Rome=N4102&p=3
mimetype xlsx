--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -194,56 +194,56 @@
   <x:si>
     <x:t>Formation VTC recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite VTC</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>FORMATION A LA MOBILITE GEOGRAPHIQUE TAXI</x:t>
   </x:si>
   <x:si>
     <x:t>Automobile Club Gard Lozère Adèche</x:t>
   </x:si>
   <x:si>
     <x:t>ACGLA</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>FORMATION INITIALE TAXI PASSERELLE VTC VERS TAXI</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Transport de personnes à mobilité réduite</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite auto</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>8-c</x:t>
@@ -287,102 +287,102 @@
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie BE avec code</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IRFOP PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Conducteur taxi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Nationale des Taxis Indépendants</x:t>
   </x:si>
   <x:si>
     <x:t>FNTI</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-DIDIER</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
@@ -1592,164 +1592,164 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>494565</x:v>
+        <x:v>494572</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S9" s="0" t="n">
+        <x:v>494565</x:v>
+      </x:c>
+      <x:c r="T9" s="4" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>494576</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
@@ -1757,51 +1757,51 @@
       <x:c r="L11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>494575</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1812,51 +1812,51 @@
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>494577</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
@@ -1908,156 +1908,156 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>598637</x:v>
+        <x:v>598636</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>598638</x:v>
+        <x:v>598637</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>598636</x:v>
+        <x:v>598638</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
@@ -2608,935 +2608,937 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>600683</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>598607</x:v>
+        <x:v>600775</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>600775</x:v>
+        <x:v>600531</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>600531</x:v>
+        <x:v>598607</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>598606</x:v>
+        <x:v>602719</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>598632</x:v>
+        <x:v>598606</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>598633</x:v>
+        <x:v>598632</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>598589</x:v>
+        <x:v>598633</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>598605</x:v>
+        <x:v>598589</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>599826</x:v>
+        <x:v>598605</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="H37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>603068</x:v>
+        <x:v>599826</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>552128</x:v>
+        <x:v>603068</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>598593</x:v>
+        <x:v>552128</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>598608</x:v>
+        <x:v>598593</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605393</x:v>
+        <x:v>598608</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="R42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608562</x:v>
+        <x:v>605393</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>599827</x:v>
+        <x:v>608562</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602719</x:v>
+        <x:v>599827</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
@@ -3608,199 +3610,199 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>598595</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>605394</x:v>
+        <x:v>602631</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>605395</x:v>
+        <x:v>605394</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>602631</x:v>
+        <x:v>605395</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>