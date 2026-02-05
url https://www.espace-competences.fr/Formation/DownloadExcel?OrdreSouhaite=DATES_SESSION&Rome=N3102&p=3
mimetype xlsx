--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -359,80 +359,80 @@
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CQP personnel de bord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brevet de capitaine 200 - Compétences climat écogestion des milieux marins + CGO</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CQP personnel de bord</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 3000</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
@@ -524,138 +524,138 @@
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de mécanicien 250 kW + Brevet d'aptitude à la conduite de petits navires</x:t>
   </x:si>
   <x:si>
     <x:t>Nekton - Formation Maritime</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de matelot pont - Compétences climat écogestion des milieux marins</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre Européen de Formation Continue Maritime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEFCM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat de matelot pont + Certificat de formation de base à la sécurité + Certificat de sensibilisation à la sûreté</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre Européen de Formation Continue Maritime</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de mécanicien 250 kW + Certificat de formation de base à la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de mécanicien 250 Kw module sensibilisation maintenance hydrogène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Personnel de bord (yacht) - Cuisine pâtisserie</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
-    <x:t>02/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 yacht module yacht</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude à l'hyperbarie</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Activités de Plongée</x:t>
   </x:si>
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>22560</x:t>
   </x:si>
@@ -2408,159 +2408,159 @@
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>579996</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C21" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>31870</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>583724</x:v>
+        <x:v>583632</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="C22" s="15" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="n">
+        <x:v>38863</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>31870</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>583632</x:v>
+        <x:v>583724</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2590,89 +2590,89 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>583955</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>579569</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39799</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -3576,51 +3576,51 @@
       <x:c r="T40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="n">
         <x:v>5861</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31890</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -4023,117 +4023,117 @@
       <x:c r="T48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>583719</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -4190,159 +4190,159 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>581289</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H52" s="14" t="s">
+      <x:c r="I52" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="R52" s="14" t="s">
+      <x:c r="S52" s="14" t="n">
+        <x:v>590197</x:v>
+      </x:c>
+      <x:c r="T52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="S52" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H53" s="0" t="s">
+      <x:c r="I53" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="R53" s="0" t="s">
+      <x:c r="S53" s="0" t="n">
+        <x:v>590196</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="S53" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4414,51 +4414,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>579994</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4827,511 +4827,509 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>587645</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H63" s="0" t="s">
+      <x:c r="I63" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>599361</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s">
+      <x:c r="I64" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>599362</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="C65" s="3" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="n">
+        <x:v>39701</x:v>
+      </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>171</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>583841</x:v>
+        <x:v>611153</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>611153</x:v>
+        <x:v>580980</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>21333</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>580980</x:v>
+        <x:v>579995</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
-      <x:c r="F68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F68" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G68" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>579995</x:v>
+        <x:v>583723</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>583723</x:v>
+        <x:v>583954</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>21333</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="S70" s="14" t="n">
+        <x:v>583841</x:v>
+      </x:c>
+      <x:c r="T70" s="16" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39653</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5484,51 +5482,51 @@
       <x:c r="U73" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -5582,84 +5580,84 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>577342</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G76" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>583840</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -5714,54 +5712,54 @@
       <x:c r="T77" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G78" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -5864,51 +5862,51 @@
       <x:c r="I80" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>583625</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>