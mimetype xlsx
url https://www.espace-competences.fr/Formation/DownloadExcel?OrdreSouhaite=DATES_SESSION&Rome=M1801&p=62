--- v1 (2026-03-22)
+++ v2 (2026-03-22)
@@ -1559,60 +1559,60 @@
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation aux langages HTML et CSS</x:t>
   </x:si>
   <x:si>
     <x:t>Forma 13</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Langage HTML</x:t>
   </x:si>
@@ -20224,218 +20224,218 @@
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>40864</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>589898</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>558745</x:v>
+        <x:v>549291</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>549291</x:v>
+        <x:v>589898</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -21368,51 +21368,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21595,51 +21595,51 @@
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -39240,51 +39240,51 @@
       <x:c r="M645" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>601935</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
@@ -39299,51 +39299,51 @@
       <x:c r="M646" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>79</x:v>
       </x:c>