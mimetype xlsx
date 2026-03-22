--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -191,72 +191,72 @@
   <x:si>
     <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMF RIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CU Technicien de laboratoire qualiticien</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
@@ -1027,266 +1027,266 @@
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>525326</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="Q5" s="4" t="s">
+      <x:c r="R5" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S5" s="0" t="n">
+        <x:v>528751</x:v>
+      </x:c>
+      <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="R5" s="0" t="s">
+      <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I6" s="16" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="Q6" s="16" t="s">
+      <x:c r="R6" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S6" s="14" t="n">
+        <x:v>528752</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="R6" s="14" t="s">
+      <x:c r="U6" s="16" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I7" s="4" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>531607</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I8" s="16" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>531595</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
@@ -1305,57 +1305,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>519940</x:v>
+        <x:v>530371</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -1364,57 +1364,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>530371</x:v>
+        <x:v>519940</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>