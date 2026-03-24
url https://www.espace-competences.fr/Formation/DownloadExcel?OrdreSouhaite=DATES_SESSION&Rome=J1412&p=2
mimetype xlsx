--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -260,63 +260,63 @@
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de psychomotricien - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État de psychomotricien</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut supérieur de rééducation psychomotrice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFPVPS</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Institut supérieur de rééducation psychomotrice</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1452,135 +1452,135 @@
       <x:c r="T11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592836</x:v>
+        <x:v>592835</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592835</x:v>
+        <x:v>592836</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 