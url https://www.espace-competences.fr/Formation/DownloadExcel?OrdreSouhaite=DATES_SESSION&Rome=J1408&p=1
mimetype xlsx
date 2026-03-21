--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -206,90 +206,90 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'ostéopathe</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège ostéopathique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège ostéopathique de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>MARSEILLE- 1er</x:t>
+    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation en ostéopathie du grand-Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1081,225 +1081,225 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>593734</x:v>
+        <x:v>593735</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>593735</x:v>
+        <x:v>593734</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="Q8" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>593737</x:v>
+        <x:v>593736</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>593736</x:v>
+        <x:v>593737</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>