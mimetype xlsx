--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -737,59 +737,59 @@
   <x:si>
     <x:t>Préqualification aux métiers du froid (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Dépannage et maintenance d'un système thermodynamique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie climatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Dépannage et maintenance d'un système thermodynamique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Manipuler des fluides frigorigènes hydrocarbures en toute sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Climlab</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>Fluide frigorigène</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur dépanneur en climatisation (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
@@ -878,71 +878,71 @@
   <x:si>
     <x:t>03/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparer l'habilitation gaz (Habiligaz® délivré par la FEDENE) - ENC055</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de maintenance CVC (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel monteur dépanneur frigoriste (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien d'intervention en froid commercial et climatisation (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel monteur dépanneur frigoriste (Apprentissage) (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
@@ -965,141 +965,141 @@
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro maintenance et efficacité énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro métiers du froid et des énergies renouvelables</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP de Sorgues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Raynaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Domaine d'Eguilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
-  </x:si>
-[...79 lines deleted...]
-    <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
@@ -2358,98 +2358,98 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>502279</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>501066</x:v>
+        <x:v>500923</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -2540,97 +2540,97 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>509160</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>500923</x:v>
+        <x:v>501066</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>24</x:v>
@@ -7040,99 +7040,99 @@
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>548398</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547561</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38635</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7393,214 +7393,216 @@
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>556833</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>552790</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>564383</x:v>
+        <x:v>552790</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>564385</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9381,60 +9383,60 @@
       <x:c r="H131" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>579837</x:v>
+        <x:v>579838</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -9444,354 +9446,354 @@
       <x:c r="H132" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>579838</x:v>
+        <x:v>579837</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>609609</x:v>
+        <x:v>608908</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22654</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>608908</x:v>
+        <x:v>609608</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>609608</x:v>
+        <x:v>609609</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>608904</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>608905</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>608906</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
@@ -10720,222 +10722,222 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>606555</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39437</x:v>
+        <x:v>37940</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>606560</x:v>
+        <x:v>591822</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="U156" s="16" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>606552</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37940</x:v>
+        <x:v>39437</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>591822</x:v>
+        <x:v>606560</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -10953,159 +10955,156 @@
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>610219</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="C160" s="15" t="s"/>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="n">
+        <x:v>37940</x:v>
+      </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s"/>
+      <x:c r="E160" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>243</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="J160" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="J160" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>610457</x:v>
+        <x:v>615718</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>615718</x:v>
+        <x:v>610457</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
@@ -11568,1024 +11567,1024 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>580692</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38560</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>603133</x:v>
+        <x:v>607799</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>603182</x:v>
+        <x:v>603133</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>607799</x:v>
+        <x:v>603182</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>35844</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>22624</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>596312</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>596271</x:v>
+        <x:v>603954</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>609537</x:v>
+        <x:v>603132</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>38560</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>595392</x:v>
+        <x:v>603177</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>564393</x:v>
+        <x:v>609537</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>596319</x:v>
+        <x:v>596312</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>605638</x:v>
+        <x:v>595392</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>609535</x:v>
+        <x:v>564393</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>604712</x:v>
+        <x:v>596319</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>605754</x:v>
+        <x:v>605638</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>605952</x:v>
+        <x:v>609535</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>603954</x:v>
+        <x:v>604712</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38560</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H186" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>603132</x:v>
+        <x:v>605754</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>603177</x:v>
+        <x:v>595918</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
@@ -12598,515 +12597,515 @@
       <x:c r="K188" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595918</x:v>
+        <x:v>595936</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595936</x:v>
+        <x:v>596272</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="Q190" s="16" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="R190" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="Q190" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>596272</x:v>
+        <x:v>596273</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
+      <x:c r="E191" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>596273</x:v>
+        <x:v>602329</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>602329</x:v>
+        <x:v>605697</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>38748</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>605697</x:v>
+        <x:v>605731</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38748</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>605731</x:v>
+        <x:v>605752</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>605752</x:v>
+        <x:v>596267</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="Q196" s="16" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="R196" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="Q196" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>596267</x:v>
+        <x:v>596317</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13127,920 +13126,916 @@
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>596320</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35844</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>322</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>596317</x:v>
+        <x:v>605640</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38635</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>605640</x:v>
+        <x:v>603184</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38635</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>603184</x:v>
+        <x:v>603197</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38560</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>603197</x:v>
+        <x:v>603261</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>603261</x:v>
+        <x:v>606237</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>606237</x:v>
+        <x:v>595395</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>595395</x:v>
+        <x:v>595397</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38560</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>595397</x:v>
+        <x:v>596274</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>596274</x:v>
+        <x:v>595932</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>38635</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>595932</x:v>
+        <x:v>603119</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38635</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>603119</x:v>
+        <x:v>605750</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>605750</x:v>
+        <x:v>605938</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>605938</x:v>
+        <x:v>611234</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>611234</x:v>
+        <x:v>596271</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595919</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>22499</x:v>
@@ -14050,51 +14045,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>595933</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
@@ -14275,51 +14270,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>596321</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
@@ -14566,51 +14561,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>600504</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22604</x:v>
@@ -14620,145 +14615,145 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>596266</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>596268</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>596269</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
@@ -14795,138 +14790,138 @@
       <x:c r="R226" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>595393</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>595394</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>595396</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15368,51 +15363,51 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>611277</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22499</x:v>
@@ -15422,91 +15417,91 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>595920</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595935</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15548,82 +15543,82 @@
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>608160</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>596313</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -15714,142 +15709,142 @@
       <x:c r="R242" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>596316</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>596318</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>602822</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16346,149 +16341,149 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>606235</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>606561</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>606553</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
@@ -16505,51 +16500,51 @@
       <x:c r="H256" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>606551</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">