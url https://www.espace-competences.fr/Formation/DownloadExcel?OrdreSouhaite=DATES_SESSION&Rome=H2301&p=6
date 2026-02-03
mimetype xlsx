--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -266,71 +266,71 @@
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention chimie parcours chimie pour le vivant</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention chimie parcours chimie pour le vivant</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention chimie parcours synthèse organique - applications et procédés innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention génie des procédés et bioprocédés industriels parcours procédés chimiques et pharmaceutiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie des procédés et des bio-procédés parcours génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Plantes médicinales, phytothérapie, aromathérapie, conseil à l'officine</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
@@ -437,56 +437,56 @@
   <x:si>
     <x:t>Cosmétique globale</x:t>
   </x:si>
   <x:si>
     <x:t>Développement et réglementation de produits cosmétiques dont les huiles, baumes et déodorant</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler et fabriquer sans eau en cosmétique naturelle et bio</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Particulier, individuel , Salarié de l'artisanat , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler et fabriquer des émulsions en cosmétique naturelle et biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Particulier, individuel , Salarié , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
     <x:t>Fabrication de shampoing solides en cosmétique naturelle et BIO</x:t>
   </x:si>
   <x:si>
     <x:t>Fabrication de savons saponifés à froid (SAF)</x:t>
   </x:si>
   <x:si>
+    <x:t>Développement et règlementation et mise sur le marché de produits cosmétique bio</x:t>
+  </x:si>
+  <x:si>
     <x:t>Développement de cosmétique bio</x:t>
   </x:si>
   <x:si>
-    <x:t>Développement et règlementation et mise sur le marché de produits cosmétique bio</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Analyser olfactivement un produit</x:t>
   </x:si>
   <x:si>
     <x:t>Cinquième Sens</x:t>
   </x:si>
   <x:si>
     <x:t>60113</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse sensorielle</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer olfactif/ve</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
@@ -563,65 +563,65 @@
   <x:si>
     <x:t>Formuler une composition olfactive</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plâtre et chaux</x:t>
   </x:si>
   <x:si>
     <x:t>Chaux</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>De l'idée au produit : appréhender les étapes-clés</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Fragrance School (1ère partie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fragrance School</x:t>
   </x:si>
   <x:si>
-    <x:t>06/10/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Fragrance School (1ère partie)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>B2 Elaborer une composition parfumante (de la matière première à l’application finale)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
@@ -659,114 +659,114 @@
   <x:si>
     <x:t>master mention génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro procédés de la chimie, de l'eau et des papiers-cartons</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention chimie et sciences des matériaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie procédés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST PAUL LES DURANCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP le Chatelier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biotechnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
@@ -1690,209 +1690,209 @@
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>576114</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>35372</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575545</x:v>
+        <x:v>574945</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>35372</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38703</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>574945</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -2186,51 +2186,51 @@
       <x:c r="J16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>581555</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2302,105 +2302,105 @@
       <x:c r="J18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>581559</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>575544</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
@@ -2409,60 +2409,60 @@
       <x:c r="G20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>576109</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3167,100 +3167,100 @@
       <x:c r="K34" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606924</x:v>
+        <x:v>616695</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>616695</x:v>
+        <x:v>606924</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>126</x:v>
@@ -4061,51 +4061,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610920</x:v>
+        <x:v>610921</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>126</x:v>
@@ -4114,51 +4114,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610921</x:v>
+        <x:v>610920</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>26</x:v>
@@ -4318,51 +4318,51 @@
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -4429,51 +4429,51 @@
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -4569,649 +4569,649 @@
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595215</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35373</x:v>
+        <x:v>38704</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>596700</x:v>
+        <x:v>591854</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35372</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>596710</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38704</x:v>
+        <x:v>38179</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31608</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="R63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>591854</x:v>
+        <x:v>597242</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>38179</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>597243</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38179</x:v>
+        <x:v>37699</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>597242</x:v>
+        <x:v>597122</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38179</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>597243</x:v>
+        <x:v>591851</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37699</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>597122</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38703</x:v>
+        <x:v>38704</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>591851</x:v>
+        <x:v>591853</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>38499</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>595216</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38704</x:v>
+        <x:v>35373</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31608</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>591853</x:v>
+        <x:v>596700</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38499</x:v>
+        <x:v>35372</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>595216</x:v>
+        <x:v>596710</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">